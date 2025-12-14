--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -7,804 +7,726 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$172</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$127</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="251">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Transport case for AMD TRAY and MPK processors</t>
   </si>
   <si>
     <t>VALI-CPU-AMD-BOX</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>CPU Intel Celeron G5905, 3.5GHz, 4MB, 58W, LGA1200, TRAY</t>
   </si>
   <si>
     <t>INTEL-G5905-TRAY</t>
   </si>
   <si>
+    <t>CPU AMD Ryzen 3 4100, AM4 Socket, 4 Cores, 8 Threads, 3.8GHz(Up to 4.0GHz), 6MB Cache, 65W, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R3-RYZ-4100-BOX</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>CPU AMD Ryzen 3 4100, AM4 Socket, 4 Cores, 8 Threads, 3.8GHz(Up to 4.0GHz), 6MB Cache, 65W, BOX</t>
-[...11 lines deleted...]
-    <t>AMD-AM4-R5-RYZEN-3600-BOX</t>
+    <t>CPU AMD Ryzen 5 5500 TRAY, AM4 Socket, 6 Cores, 3.6GHz, 19MB Cache, 65W</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5500-TR</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5500 MPK, AM4 Socket, 6 Cores, 3.6GHz, 19MB Cache, 65W</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5500-MPK</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 3 3200G, 4-Core, 3.6 GHz, 6MB, 65W, AM4, BOX</t>
   </si>
   <si>
     <t>AMD-AM4-R3-RYZEN-3200G</t>
   </si>
   <si>
     <t>CPU AMD Ryzen 5 4500, AM4 Socket, 6 Cores, 3.6GHz, 11MB Cache, 65W</t>
   </si>
   <si>
     <t>AMD-AM4-R5-RYZ-4500-BOX</t>
   </si>
   <si>
     <t>CPU Intel Celeron G6900, 3.4GHz, 4MB, 46W, LGA1700, TRAY</t>
   </si>
   <si>
     <t>INTEL-G6900-TRAY</t>
   </si>
   <si>
-    <t>CPU Intel Comet Lake Pentium Gold G6405, 2 Cores, 4.10 GHz, 4MB, 58W, LGA1200, TRAY</t>
-[...7 lines deleted...]
-  <si>
     <t>CPU AMD Ryzen 5 5500, AM4 Socket, 6 Cores, 3.6GHz, 19MB Cache, 65W, BOX</t>
   </si>
   <si>
     <t>AMD-AM4-R5-RYZEN-5500</t>
   </si>
   <si>
-    <t>CPU AMD Ryzen 5 5500 MPK, AM4 Socket, 6 Cores, 3.6GHz, 19MB Cache, 65W</t>
-[...4 lines deleted...]
-  <si>
     <t>CPU Intel Alder Lake Core i3-12100F, 4 Cores, 3.3GHz, 12MB, LGA1700, 58W, BOX</t>
   </si>
   <si>
     <t>INTEL-I3-12100F-BOX</t>
   </si>
   <si>
+    <t>CPU AMD Ryzen 5 5600, AM4 Socket, 6 Cores, 3.5GHz, 35MB Cache, 65W - MPK</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600MPK</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i3-13100F, 4 Cores, 3.4GHz, 12MB, LGA1700, 60W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I3-13100F-BOX</t>
+  </si>
+  <si>
     <t>CPU Intel Rocket Lake Core i5-11400F, 6 Cores, 2.60Ghz (Up to 4.40Ghz), 12MB, 65W, LGA1200, TRAY</t>
   </si>
   <si>
     <t>INTEL-I5-11400F-TRAY</t>
   </si>
   <si>
+    <t>CPU Intel Pentium G7400 TRAY - 2 Cores, 3.70 Ghz, 6MB</t>
+  </si>
+  <si>
+    <t>INTEL-G7400-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Comet Lake-S Core I5-10400F, 6 cores, 2.9Ghz, 12MB, 65W, LGA1200, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-10400F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 3 4300G, 4 Cores, 8 Threads, 3.8GHz, 6MB Cache, 65W, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM3-AM4-R3-4300G-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5600, AM4 Socket, 6 Cores, 3.5GHz, 35MB Cache, 65W, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 5600XT TRAY, 6-Core, 3.7 GHz, 35MB, 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZ-5600XT-T</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 5600X MPK, 6-Core 3.7 GHz (4.6 GHz Turbo), 35MB, 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600XMPK</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 7 5700 TRAY 8-Cores, 3.7GHz(Up to 4.6GHz), AM4, 16MB Cache, 65W</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZ-5700-TRAY</t>
+  </si>
+  <si>
     <t>CPU Intel Raptor Lake i3-14100F, 4 Cores, 3.5GHz, 12MB, LGA1700, 60W, BOX</t>
   </si>
   <si>
     <t>INTEL-I3-14100F-BOX</t>
   </si>
   <si>
-    <t>CPU AMD Ryzen 5 5600, AM4 Socket, 6 Cores, 3.5GHz, 35MB Cache, 65W - MPK</t>
-[...38 lines deleted...]
-    <t>AMD-AM4-R5-RYZEN-5600XMPK</t>
+    <t>CPU AMD Ryzen 5 5600, AM4 Socket, 6 Cores, 3.5GHz, 35MB Cache, 65W, Tray</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600-T</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 7 5700 AM4, 8-Cores, 3.7GHz(Up to 4.6GHz), 16MB Cache, 65W, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZ-5700-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 5600X Tray 6-Core 3.7 GHz (4.6 GHz Turbo) 35MB/65W/AM4/Tray</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600X-T</t>
   </si>
   <si>
     <t>CPU AMD Ryzen 5 5500GT, 6-Core, 3.6GHz(Up to 4.4GHz), 65W, AM4</t>
   </si>
   <si>
     <t>AMD-AM4-R5-RYZEN-5500GT</t>
   </si>
   <si>
+    <t>Processor Intel Alder Lake Core i5-12400F, 6 Cores, 12 Threads (2.50 GHz Up to 4.40 GHz, 18MB, LGA1700), 65W, Tray</t>
+  </si>
+  <si>
+    <t>INTEL-I5-12400F-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 5600T, 6-Core, 3.5 GHz, 35MB, 65W, AM4, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600T</t>
+  </si>
+  <si>
+    <t>CPU Intel Comet Lake Core i3-10105, 4 Cores, 3.70 GHz, 6MB, 65W, LGA1200, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I3-10105-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 8400F</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-8400F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5600G, 3.9GHz(Up to 4.4GHz), 65W, AM4, TRAY</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZ-5600G-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 5600GT, 3.6GHz(Up to 4.6GHz), 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600GT</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7500F 6-Core 3.7 GHz (5.0 GHz Turbo) 32MB/65W/AM5 TRAY</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7500F-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7500F 6-Core 3.7 GHz (5.0 GHz Turbo) 32MB/65W/AM5 MPK</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7500F-MPK</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i5-12400F, 6 Cores, 2.50 GHz, 18MB, LGA1700, 65W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-12400F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 5600XT, 6-Core, 3.7 GHz, 35MB, 65W, AM4, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600XT</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 8700F TRAY, 8-Core 4.1GHz (Up to 5.0GHz) 24MB Cache, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-8700F-TRAY</t>
+  </si>
+  <si>
     <t>CPU Intel Alder Lake Core i3-12100, 4 Cores, 3.3GHz, 12MB, LGA1700), 60W, BOX</t>
   </si>
   <si>
     <t>INTEL-I3-12100-BOX</t>
   </si>
   <si>
-    <t>CPU Intel Alder Lake Core i5-12400F, 6 Cores, 2.50 GHz, 18MB, LGA1700, 65W, BOX</t>
-[...14 lines deleted...]
-    <t>INTEL-I5-10600KF-BOX</t>
+    <t>CPU AMD RYZEN 5 5600X, 6-Core, 3.7 GHz, 35MB, 65W, AM4, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5600X</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 8500G TRAY, 6-Core 3.5 GHz (Up to 5.0GHz) 16MB Cache, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-RYZEN-8500G-TR</t>
+  </si>
+  <si>
+    <t>CPU Intel Rocket Lake Core i5-11400, 6 Cores, 2.60Ghz (Up to 4.40Ghz), 12MB, 65W, LGA1200, TRAY</t>
+  </si>
+  <si>
+    <t>INTEL-I5-11400-TRAY</t>
   </si>
   <si>
     <t>CPU Intel Raptor Lake Core i3-13100, 4 Cores, 3.4GHz, 12MB, LGA1700, 60W, BOX</t>
   </si>
   <si>
     <t>INTEL-I3-13100-BOX</t>
   </si>
   <si>
-    <t>CPU AMD Ryzen 7 5700 AM4, 8-Cores, 3.7GHz(Up to 4.6GHz), 16MB Cache, 65W, BOX</t>
-[...20 lines deleted...]
-    <t>AMD-AM4-R5-RYZEN-5600G</t>
+    <t>CPU Intel Raptor Lake Core i5-14400F, 6P+4E Cores, 2.50 GHz, 20MB, LGA1700, 65W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14400F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 8500G, 6-Core 3.5 GHz (Up to 5.0GHz) 16MB Cache, 65W, AM5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-RYZEN-8500G</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 5700G, 3.8GHz (Up to 4.6GHz) 20MB Cache, 65W, AM4, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZEN-5700G</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7600 MPK</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7600-MPK</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 5800X, 8-Core, 3.8 GHz, 36MB, 105W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZEN-5800X</t>
   </si>
   <si>
     <t>CPU Intel Comet Lake-S Core I5-10400, 6 cores, 2.9Ghz, 12MB, 65W, LGA1200, BOX</t>
   </si>
   <si>
     <t>INTEL-I5-10400-BOX</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 5 7500F 6-Core 3.7 GHz (5.0 GHz Turbo) 32MB/65W/AM5 TRAY</t>
-[...56 lines deleted...]
-    <t>AMD-AM4-R7-RYZEN-5700G</t>
+    <t>CPU Intel Alder Lake Core i5-12600KF, 10 Cores, 3.7GHz, 20MB, LGA1700, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-12600KF-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake Core i5-13400F, 6P+4E Cores, 2.50 GHz, 20MB, LGA1700, 65W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-13400F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 7700 TRAY 8-Core 3.8 GHz (5.3 GHz Turbo) 32MB/65W/AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-7700-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7600, 6-Core, 3.8 GHz, 32MB, 65W, AM5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7600-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 9500 TRAY, 6-Core, 3.8 GHz, 32MB, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-9500F-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 9600 TRAY, 6-Core, 3.8 GHz, 32MB, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-9600-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7600X TRAY</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7600X-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 7 5700X, AM4 Socket, 8 Cores, 3.4GHz, 36MB Cache, 65W, Box</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZ-5700X-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 8600G, 4.3GHz (Up to 5.0GHz) 16MB Cache, 65W, AM5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-RYZEN-8600G</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 9600X MPK, 6-Core, 3.9 GHz, 32MB, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-9600X-MPK</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i5-12400, 6 Cores, 12 Threads (2.5GHz Up to 4.4Ghz, 18MB, LGA1700), 65W, Intel UHD Graphics 730, TRAY</t>
+  </si>
+  <si>
+    <t>INTEL-I5-12400-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i5-13600KF, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700, Tray, No Graphics</t>
+  </si>
+  <si>
+    <t>INTEL-I5-13600KF-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Core Ultra 5 245KF, 14-Core (6P+8E) 3.6 GHz, 26MB, LGA1851, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-ULTRA-5-245KF-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Alder Lake Core i5-12600K, 10 Cores, 3.7GHz, 20MB, LGA1700, 125W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-12600K-BOX</t>
   </si>
   <si>
     <t>CPU Intel Raptor Lake i3-14100, 4 Cores, 3.5GHz, 12MB, LGA1700, 60W, BOX</t>
   </si>
   <si>
     <t>INTEL-I3-14100-BOX</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 5 5600X, 6-Core, 3.7 GHz, 35MB, 65W, AM4, BOX</t>
-[...62 lines deleted...]
-    <t>AMD-AM5-R5-RYZEN-8600G</t>
+    <t>CPU AMD RYZEN 5 7600X, 6-Core, 4.7 GHz, 32MB, 105W, AM5, BOX, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7600X-BOX</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 7 5800XT 8-Core 3.8 GHz, 36MB, 105W, AM4</t>
   </si>
   <si>
     <t>AMD-AM4-R7-RYZEN-5800XT</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 5 9600X MPK, 6-Core, 3.9 GHz, 32MB, 65W, AM5</t>
-[...8 lines deleted...]
-    <t>INTEL-I7-12700KF-TRAY</t>
+    <t>CPU AMD RYZEN 7 8700F</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-8700F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 9600X, 6-Core, 3.9 GHz, 32MB, 65W, AM5, BOX, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-9600X-BOX</t>
   </si>
   <si>
     <t>CPU Intel Alder Lake Core i5-12500, 6 Cores, 3.00 GHz, 18MB, LGA1700, 65W, BOX</t>
   </si>
   <si>
     <t>INTEL-I5-12500-BOX</t>
   </si>
   <si>
+    <t>CPU Intel Alder Lake Core i7-12700KF, 12 Cores, 3.6GHz, 25MB, LGA1700, 125W, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I7-12700KF-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i5-14600KF, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14600KF-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake Core i5-13500 TRAY, 2.5GHz, 24MB, LGA1700, 65W</t>
+  </si>
+  <si>
+    <t>INTEL-I5-13500-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i5-14600K, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14600K-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i5-13600K TRAY, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I5-13600K-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 8700G, 8-Core 4.2GHz (Up to 5.1GHz) 24MB Cache, 65W, AM5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-RYZEN-8700G</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 9700X TRAY, 8-Core, 3.8 GHz, 32MB, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-9700X-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Core Ultra 5 235 14-Core (6P+8E) 3.4 GHz, 26MB, LGA1851, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-ULTRA-5-235-BOX</t>
+  </si>
+  <si>
     <t>CPU Intel Raptor Lake Core i5-14400, 6P+4E Cores, 2.50 GHz, 20MB, LGA1700, 65W, BOX</t>
   </si>
   <si>
     <t>INTEL-I5-14400-BOX</t>
   </si>
   <si>
-    <t>CPU Intel Raptor Lake i5-13600KF, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700, Tray, No Graphics</t>
-[...82 lines deleted...]
-  <si>
     <t>CPU Intel Alder Lake Core i7-12700K, 12 Cores, 3.6GHz, 25MB, LGA1700, 125W</t>
   </si>
   <si>
     <t>INTEL-I7-12700K-BOX</t>
   </si>
   <si>
-    <t>CPU Intel Core Ultra 5 235 14-Core (6P+8E) 3.4 GHz, 26MB, LGA1851, BOX</t>
-[...20 lines deleted...]
-    <t>AMD-AM5-R7-RYZEN-8700G</t>
+    <t>CPU AMD RYZEN 5 7500X3D 6-Core, 4.5 GHz, 96MB, 65W, AM5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7500X3D-BOX</t>
   </si>
   <si>
     <t>CPU Intel Alder Lake Core i7-12700F, 12 Cores, 3.60 GHz, 25MB, LGA1700, 65W, BOX</t>
   </si>
   <si>
     <t>INTEL-I7-12700F-BOX</t>
   </si>
   <si>
+    <t>CPU Intel Raptor Lake i7-13700F, 8P+8E, Cores 2.10,30MB, 65W, LGA1700, BOX, No Graphics</t>
+  </si>
+  <si>
+    <t>INTEL-I7-13700F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 7700X, 8-Core, 4.5 GHz, 32MB, 105W, AM5, BOX, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-7700X-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 7800X3D 8-Core 4.2 GHz, AM5, TRAY</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-7800X3D-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Core Ultra 5 245K, 14-Core (6P+8E) 3.6 GHz, 26MB, LGA1851, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-ULTRA-5-245K-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake Core i5-14500 TRAY, 2.5GHz, 24MB, LGA1700, 65W</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14500-TRAY</t>
+  </si>
+  <si>
     <t>CPU Intel Alder Lake Core i7-12700, 12 Cores, 3.60 GHz, 25MB, LGA1700, 65W, BOX</t>
   </si>
   <si>
     <t>INTEL-I7-12700-BOX</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 9 5950X, 16-Core, 3.4 GHz, 72MB, 105W, AM4, BOX</t>
   </si>
   <si>
     <t>AMD-AM4-R9-RYZEN-5950X</t>
   </si>
   <si>
-    <t>CPU Intel Core Ultra 5 245K, 14-Core (6P+8E) 3.6 GHz, 26MB, LGA1851, BOX</t>
-[...8 lines deleted...]
-    <t>AMD-AM5-R7-7700X-BOX</t>
+    <t>CPU Intel Raptor Lake i5-14600K TRAY, 14 Cores, 3.5 GHz, 24MB, 125W, LGA1700</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14600K-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i5-14600 TRAY, 14 Cores, 2.7 GHz, 24MB, 65W, LGA1700</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14600-TRAY</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 5 7600X3D TRAY, 6-Core, 4.1 GHz, 96MB, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7600X3D-TRAY</t>
+  </si>
+  <si>
+    <t>CPU Intel Core Ultra 7 265KF, 20 Cores 3.3 GHz, 30MB, 125W, LGA1851, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-ULTRA-7-265KF-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen 5 PRO 9645 MPK, 6-Core 3.9 GHz (Up to 5.4GHz) 32MB Cache, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-9645-PRO</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 9 5900XT 16-Core, 3.3 GHz, 72MB, 105W, AM4</t>
   </si>
   <si>
     <t>AMD-AM4-R9-RYZEN-5900XT</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 5 7600X3D TRAY, 6-Core, 4.1 GHz, 96MB, 65W, AM5</t>
-[...2 lines deleted...]
-    <t>AMD-AM5-R5-7600X3D-TRAY</t>
+    <t>CPU AMD RYZEN 7 7700 8-Core 3.8 GHz, 32MB/65W/AM5/BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-7700-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 7 9700X, 8-Core, 3.8 GHz, 32MB, 65W, AM5, BOX, No Cooler</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-9700X-BOX</t>
   </si>
   <si>
     <t>CPU Intel Alder Lake Core i9-12900KF, 16 Cores, 3.20 GHz, 30MB, LGA1700, 125W, BOX</t>
   </si>
   <si>
     <t>INTEL-I9-12900KF-BOX</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 7 7800X3D 8-Core 4.2 GHz, AM5, TRAY</t>
-[...2 lines deleted...]
-    <t>AMD-AM5-R7-7800X3D-TRAY</t>
+    <t>CPU Intel Raptor Lake i7-13700, 8P+8E Cores, 2.10 GHz, 30MB, 65W, LGA1700, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I7-13700-BOX</t>
+  </si>
+  <si>
+    <t>CPU Intel Raptor Lake i7-14700F, 20 Cores 2.1 GHz, 33MB, 125W, LGA1700, BOX</t>
+  </si>
+  <si>
+    <t>INTEL-I7-14700F-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD RYZEN 9 7900, 12-Core, 3.7 GHz, 64MB, 65W, AM5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R9-7900-BOX</t>
   </si>
   <si>
     <t>CPU Intel Core Ultra 7 265K, 20 Cores 3.3 GHz, 36MB, 125W, LGA1851, BOX</t>
   </si>
   <si>
     <t>INTEL-ULTRA-7-265K-BOX</t>
   </si>
   <si>
-    <t>CPU Intel Core Ultra 7 265KF, 20 Cores 3.3 GHz, 30MB, 125W, LGA1851, BOX</t>
-[...46 lines deleted...]
-  <si>
     <t>CPU Intel Core Ultra 7 265F, 20 Cores 2.4 GHz, 30MB, 65W, LGA1851, BOX</t>
   </si>
   <si>
     <t>INTEL-ULTRA-7-265F</t>
   </si>
   <si>
-    <t>CPU Intel Raptor Lake i7-14700, 20 Cores 2.1 GHz, 33MB, 125W, LGA1700, BOX</t>
-[...22 lines deleted...]
-  <si>
     <t>CPU Intel Raptor Lake i7-13700KF TRAY , 16 Cores, 3.5 GHz, 125W, LGA1700</t>
   </si>
   <si>
     <t>INTEL-I7-13700KF-NC-TR</t>
   </si>
   <si>
     <t>CPU Intel Raptor Lake i9-13900F TRAY, 24 Cores, 4.2 GHz, 36MB, 125W, LGA1700, No Graphics</t>
   </si>
   <si>
     <t>INTEL-I9-13900F-TRAY</t>
   </si>
   <si>
-    <t>CPU Intel Core Ultra 7 265, 20 Cores 2.4 GHz, 30MB, 65W, LGA1851, BOX</t>
-[...26 lines deleted...]
-    <t>AMD-AM5-R7-9800X3D-BOX</t>
+    <t>CPU AMD Ryzen 7 PRO 9745 MPK, 8-Core 3.8 GHz (Up to 5.4GHz) 32MB Cache, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-9745-PRO</t>
   </si>
   <si>
     <t>CPU AMD RYZEN 9 9900X3D, 12-Core, 4.4 GHz, 128MB, 120W, AM5, BOX, No Cooler</t>
   </si>
   <si>
     <t>AMD-AM5-R9-9900X3D-BOX</t>
   </si>
   <si>
-    <t>CPU Intel Raptor Lake i9-14900F, 24 Cores, 2.0 GHz, 36MB, 65W</t>
-[...22 lines deleted...]
-  <si>
     <t>CPU AMD RYZEN 9 9950X3D TRAY - 16-Core, 4.3 GHz, 128MB, 170W, AM5</t>
   </si>
   <si>
     <t>AMD-AM5-R9-9950X3D-TRAY</t>
   </si>
   <si>
-    <t>CPU AMD RYZEN 9 9950X3D, 16-Core, 4.3 GHz, 128MB, 170W, AM5, BOX, No Cooler</t>
-[...22 lines deleted...]
-  <si>
     <t>CPU AMD RYZEN Threadripper 9960X, 24-Core, 4.2 GHz (5.4GHz Boost), 128MB, sTR5, BOX</t>
   </si>
   <si>
     <t>AMD-TRP-RYZEN-9960X-BOX</t>
   </si>
   <si>
-    <t>call</t>
-[...11 lines deleted...]
-    <t>AMD-TRP-RYZEN-7970X-BOX</t>
+    <t>CPU AMD RYZEN Threadripper 9970X, 32-Core, 4.0 GHz (5.4GHz Boost), 128MB, sTR5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-TRP-RYZEN-9970X-BOX</t>
+  </si>
+  <si>
+    <t>CPU AMD Ryzen Threadripper 7980X 64-Cores 3.2GHz (up to 5.1Ghz), Socket sTR5</t>
+  </si>
+  <si>
+    <t>AMD-TRP-RYZEN-7980X-BOX</t>
   </si>
   <si>
     <t>CPU AMD RYZEN Threadripper 9980X, 64-Core, 3.2 GHz (5.4GHz Boost), 256MB, sTR5, BOX</t>
   </si>
   <si>
     <t>AMD-TRP-RYZEN-9980X-BOX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1114,2460 +1036,1830 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D172"/>
+  <dimension ref="A1:D127"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>7.2</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>94.8</v>
+        <v>93.6</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4">
+        <v>97.344</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>118.992</v>
+        <v>113.46</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
-        <v>123.6</v>
+        <v>115.32</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>130.8</v>
+        <v>125.46</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>131.46</v>
+        <v>130.8</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>135.876</v>
+        <v>150.3</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
         <v>24</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>141.012</v>
+        <v>156.876</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>151.296</v>
+        <v>176.976</v>
       </c>
       <c r="D11" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>154.8</v>
+        <v>196.74</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>172.356</v>
+        <v>197.352</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>193.764</v>
+        <v>199.728</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>196.74</v>
+        <v>200.196</v>
       </c>
       <c r="D15" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>197.352</v>
+        <v>206.484</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>207.864</v>
+        <v>210.78</v>
       </c>
       <c r="D17" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>210.78</v>
+        <v>216.228</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>219.072</v>
+        <v>224.448</v>
       </c>
       <c r="D19" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>221.304</v>
+        <v>228.744</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>228.744</v>
+        <v>229.776</v>
       </c>
       <c r="D21" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>246.072</v>
+        <v>231.624</v>
       </c>
       <c r="D22" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>248.052</v>
+        <v>242.748</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>250.452</v>
+        <v>269.532</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>253.104</v>
+        <v>270.156</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>259.128</v>
+        <v>271.86</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>260.004</v>
+        <v>280.992</v>
       </c>
       <c r="D27" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>264.0</v>
+        <v>285.156</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>266.952</v>
+        <v>286.884</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>279.66</v>
+        <v>290.016</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>284.304</v>
+        <v>295.212</v>
       </c>
       <c r="D31" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>286.8</v>
+        <v>300.0</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>287.22</v>
+        <v>304.452</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>288.144</v>
+        <v>307.5</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>289.164</v>
+        <v>308.724</v>
       </c>
       <c r="D35" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>290.376</v>
+        <v>310.152</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>291.9</v>
+        <v>311.004</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>291.996</v>
+        <v>339.516</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>298.212</v>
+        <v>340.752</v>
       </c>
       <c r="D39" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>300.0</v>
+        <v>341.784</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>300.096</v>
+        <v>344.64</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>316.26</v>
+        <v>346.272</v>
       </c>
       <c r="D42" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>316.38</v>
+        <v>370.8</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>330.696</v>
+        <v>375.876</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>348.096</v>
+        <v>377.208</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>352.692</v>
+        <v>382.548</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>371.076</v>
+        <v>388.332</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>376.8</v>
+        <v>391.608</v>
       </c>
       <c r="D48" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>380.184</v>
+        <v>392.004</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>382.548</v>
+        <v>396.552</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>382.932</v>
+        <v>401.784</v>
       </c>
       <c r="D51" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>384.912</v>
+        <v>402.852</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>385.776</v>
+        <v>404.232</v>
       </c>
       <c r="D53" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>412.476</v>
+        <v>407.352</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>416.46</v>
+        <v>411.348</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>421.128</v>
+        <v>412.872</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>426.9</v>
+        <v>414.636</v>
       </c>
       <c r="D57" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>427.428</v>
+        <v>433.272</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>431.7</v>
+        <v>442.8</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>440.004</v>
+        <v>445.668</v>
       </c>
       <c r="D60" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>454.968</v>
+        <v>446.616</v>
       </c>
       <c r="D61" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>456.276</v>
+        <v>451.26</v>
       </c>
       <c r="D62" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>456.432</v>
+        <v>452.472</v>
       </c>
       <c r="D63" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
         <v>132</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>459.108</v>
+        <v>456.276</v>
       </c>
       <c r="D64" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" t="s">
         <v>134</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>470.652</v>
+        <v>458.952</v>
       </c>
       <c r="D65" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" t="s">
         <v>136</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>471.444</v>
+        <v>500.424</v>
       </c>
       <c r="D66" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" t="s">
         <v>138</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>483.768</v>
+        <v>502.62</v>
       </c>
       <c r="D67" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" t="s">
         <v>140</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>494.352</v>
+        <v>505.92</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" t="s">
         <v>142</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>500.208</v>
+        <v>507.624</v>
       </c>
       <c r="D69" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" t="s">
         <v>144</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>521.388</v>
+        <v>509.796</v>
       </c>
       <c r="D70" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" t="s">
         <v>146</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>539.244</v>
+        <v>532.74</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" t="s">
         <v>148</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>543.528</v>
+        <v>541.032</v>
       </c>
       <c r="D72" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" t="s">
         <v>150</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>554.784</v>
+        <v>551.568</v>
       </c>
       <c r="D73" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>151</v>
+      </c>
+      <c r="B74" t="s">
         <v>152</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>567.888</v>
+        <v>552.972</v>
       </c>
       <c r="D74" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>153</v>
+      </c>
+      <c r="B75" t="s">
         <v>154</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>583.392</v>
+        <v>587.676</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>155</v>
+      </c>
+      <c r="B76" t="s">
         <v>156</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>585.144</v>
+        <v>589.932</v>
       </c>
       <c r="D76" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" t="s">
         <v>158</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>591.852</v>
+        <v>601.656</v>
       </c>
       <c r="D77" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>159</v>
+      </c>
+      <c r="B78" t="s">
         <v>160</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>595.668</v>
+        <v>602.232</v>
       </c>
       <c r="D78" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>161</v>
+      </c>
+      <c r="B79" t="s">
         <v>162</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>604.956</v>
+        <v>604.704</v>
       </c>
       <c r="D79" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>163</v>
+      </c>
+      <c r="B80" t="s">
         <v>164</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>608.016</v>
+        <v>604.956</v>
       </c>
       <c r="D80" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>165</v>
+      </c>
+      <c r="B81" t="s">
         <v>166</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>609.156</v>
+        <v>627.816</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>167</v>
+      </c>
+      <c r="B82" t="s">
         <v>168</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>630.732</v>
+        <v>629.64</v>
       </c>
       <c r="D82" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>169</v>
+      </c>
+      <c r="B83" t="s">
         <v>170</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>632.904</v>
+        <v>630.252</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>171</v>
+      </c>
+      <c r="B84" t="s">
         <v>172</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>640.272</v>
+        <v>630.36</v>
       </c>
       <c r="D84" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>173</v>
+      </c>
+      <c r="B85" t="s">
         <v>174</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>649.536</v>
+        <v>634.608</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>175</v>
+      </c>
+      <c r="B86" t="s">
         <v>176</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>658.44</v>
+        <v>640.476</v>
       </c>
       <c r="D86" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" t="s">
         <v>178</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>667.476</v>
+        <v>640.944</v>
       </c>
       <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>179</v>
+      </c>
+      <c r="B88" t="s">
         <v>180</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>682.476</v>
+        <v>646.848</v>
       </c>
       <c r="D88" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>181</v>
+      </c>
+      <c r="B89" t="s">
         <v>182</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
-        <v>683.088</v>
+        <v>646.848</v>
       </c>
       <c r="D89" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>183</v>
+      </c>
+      <c r="B90" t="s">
         <v>184</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>684.336</v>
+        <v>649.536</v>
       </c>
       <c r="D90" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>185</v>
+      </c>
+      <c r="B91" t="s">
         <v>186</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>695.208</v>
+        <v>651.288</v>
       </c>
       <c r="D91" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>187</v>
+      </c>
+      <c r="B92" t="s">
         <v>188</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92">
-        <v>696.852</v>
+        <v>661.152</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>189</v>
+      </c>
+      <c r="B93" t="s">
         <v>190</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93">
-        <v>697.68</v>
+        <v>663.996</v>
       </c>
       <c r="D93" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>191</v>
+      </c>
+      <c r="B94" t="s">
         <v>192</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94">
-        <v>702.168</v>
+        <v>665.04</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>193</v>
+      </c>
+      <c r="B95" t="s">
         <v>194</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95">
-        <v>713.376</v>
+        <v>683.976</v>
       </c>
       <c r="D95" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>195</v>
+      </c>
+      <c r="B96" t="s">
         <v>196</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96">
-        <v>714.564</v>
+        <v>689.46</v>
       </c>
       <c r="D96" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>197</v>
+      </c>
+      <c r="B97" t="s">
         <v>198</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97">
-        <v>741.852</v>
+        <v>696.852</v>
       </c>
       <c r="D97" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>199</v>
+      </c>
+      <c r="B98" t="s">
         <v>200</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98">
-        <v>741.9</v>
+        <v>707.532</v>
       </c>
       <c r="D98" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>201</v>
+      </c>
+      <c r="B99" t="s">
         <v>202</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>744.0</v>
+        <v>715.128</v>
       </c>
       <c r="D99" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>203</v>
+      </c>
+      <c r="B100" t="s">
         <v>204</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>762.36</v>
+        <v>727.032</v>
       </c>
       <c r="D100" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>205</v>
+      </c>
+      <c r="B101" t="s">
         <v>206</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>766.8</v>
+        <v>734.484</v>
       </c>
       <c r="D101" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="B102" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="C102">
-        <v>7.2</v>
+        <v>113.46</v>
       </c>
       <c r="D102" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="B103" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="C103">
-        <v>131.46</v>
+        <v>224.448</v>
       </c>
       <c r="D103" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="B104" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="C104">
-        <v>151.296</v>
+        <v>229.776</v>
       </c>
       <c r="D104" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="B105" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="C105">
-        <v>193.764</v>
+        <v>280.992</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="B106" t="s">
-        <v>35</v>
+        <v>84</v>
       </c>
       <c r="C106">
-        <v>196.74</v>
+        <v>341.784</v>
       </c>
       <c r="D106" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>38</v>
+        <v>105</v>
       </c>
       <c r="B107" t="s">
-        <v>39</v>
+        <v>106</v>
       </c>
       <c r="C107">
-        <v>207.864</v>
+        <v>401.784</v>
       </c>
       <c r="D107" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>40</v>
+        <v>109</v>
       </c>
       <c r="B108" t="s">
-        <v>41</v>
+        <v>110</v>
       </c>
       <c r="C108">
-        <v>210.78</v>
+        <v>404.232</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>48</v>
+        <v>111</v>
       </c>
       <c r="B109" t="s">
-        <v>49</v>
+        <v>112</v>
       </c>
       <c r="C109">
-        <v>246.072</v>
+        <v>407.352</v>
       </c>
       <c r="D109" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>60</v>
+        <v>119</v>
       </c>
       <c r="B110" t="s">
-        <v>61</v>
+        <v>120</v>
       </c>
       <c r="C110">
-        <v>264.0</v>
+        <v>433.272</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="B111" t="s">
-        <v>63</v>
+        <v>146</v>
       </c>
       <c r="C111">
-        <v>266.952</v>
+        <v>532.74</v>
       </c>
       <c r="D111" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>64</v>
+        <v>153</v>
       </c>
       <c r="B112" t="s">
-        <v>65</v>
+        <v>154</v>
       </c>
       <c r="C112">
-        <v>279.66</v>
+        <v>587.676</v>
       </c>
       <c r="D112" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>72</v>
+        <v>161</v>
       </c>
       <c r="B113" t="s">
-        <v>73</v>
+        <v>162</v>
       </c>
       <c r="C113">
-        <v>288.144</v>
+        <v>604.704</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>74</v>
+        <v>173</v>
       </c>
       <c r="B114" t="s">
-        <v>75</v>
+        <v>174</v>
       </c>
       <c r="C114">
-        <v>289.164</v>
+        <v>634.608</v>
       </c>
       <c r="D114" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>76</v>
+        <v>179</v>
       </c>
       <c r="B115" t="s">
-        <v>77</v>
+        <v>180</v>
       </c>
       <c r="C115">
-        <v>290.376</v>
+        <v>646.848</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>84</v>
+        <v>181</v>
       </c>
       <c r="B116" t="s">
-        <v>85</v>
+        <v>182</v>
       </c>
       <c r="C116">
-        <v>300.0</v>
+        <v>646.848</v>
       </c>
       <c r="D116" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>86</v>
+        <v>187</v>
       </c>
       <c r="B117" t="s">
-        <v>87</v>
+        <v>188</v>
       </c>
       <c r="C117">
-        <v>300.096</v>
+        <v>661.152</v>
       </c>
       <c r="D117" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>90</v>
+        <v>207</v>
       </c>
       <c r="B118" t="s">
-        <v>91</v>
+        <v>208</v>
       </c>
       <c r="C118">
-        <v>316.38</v>
+        <v>783.276</v>
       </c>
       <c r="D118" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>94</v>
+        <v>209</v>
       </c>
       <c r="B119" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="C119">
-        <v>348.096</v>
+        <v>798.0</v>
       </c>
       <c r="D119" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>104</v>
+        <v>211</v>
       </c>
       <c r="B120" t="s">
-        <v>105</v>
+        <v>212</v>
       </c>
       <c r="C120">
-        <v>382.548</v>
+        <v>866.256</v>
       </c>
       <c r="D120" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>108</v>
+        <v>213</v>
       </c>
       <c r="B121" t="s">
-        <v>109</v>
+        <v>214</v>
       </c>
       <c r="C121">
-        <v>384.912</v>
+        <v>1326.912</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>112</v>
+        <v>215</v>
       </c>
       <c r="B122" t="s">
-        <v>113</v>
+        <v>216</v>
       </c>
       <c r="C122">
-        <v>412.476</v>
+        <v>1431.024</v>
       </c>
       <c r="D122" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>114</v>
+        <v>217</v>
       </c>
       <c r="B123" t="s">
-        <v>115</v>
+        <v>218</v>
       </c>
       <c r="C123">
-        <v>416.46</v>
+        <v>3298.992</v>
       </c>
       <c r="D123" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>116</v>
+        <v>219</v>
       </c>
       <c r="B124" t="s">
-        <v>117</v>
+        <v>220</v>
       </c>
       <c r="C124">
-        <v>421.128</v>
+        <v>5199.0</v>
       </c>
       <c r="D124" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>122</v>
+        <v>221</v>
       </c>
       <c r="B125" t="s">
-        <v>123</v>
+        <v>222</v>
       </c>
       <c r="C125">
-        <v>431.7</v>
+        <v>8998.992</v>
       </c>
       <c r="D125" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>124</v>
+        <v>223</v>
       </c>
       <c r="B126" t="s">
-        <v>125</v>
+        <v>224</v>
       </c>
       <c r="C126">
-        <v>440.004</v>
+        <v>10599.0</v>
       </c>
       <c r="D126" t="s">
-        <v>9</v>
-[...629 lines deleted...]
-        <v>244</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D172"/>
+  <autoFilter ref="A1:D127"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>