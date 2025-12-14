--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -7,597 +7,675 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$92</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$173</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama Clip-On Microphone, 139901</t>
   </si>
   <si>
     <t>HAMA-139901</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Hama "MIC-P35 Allround" Microphone, 139905</t>
   </si>
   <si>
     <t>HAMA-139905</t>
   </si>
   <si>
-    <t>Hama "MIC-USB Allround" Microphone, 139906</t>
-[...4 lines deleted...]
-  <si>
     <t>BOYA Lavalier Microphone BY-M1</t>
   </si>
   <si>
     <t>BOYA-BY-M1</t>
   </si>
   <si>
+    <t>BOYA Lavalier Microphone BY-M1S</t>
+  </si>
+  <si>
+    <t>BOYA-BY-M1S</t>
+  </si>
+  <si>
+    <t>BOYA Miniature Microphone BY-M100UA</t>
+  </si>
+  <si>
+    <t>BOYA-BY-M100UA</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Hama "Smart" Lavalier Microphone, 04634</t>
+  </si>
+  <si>
+    <t>HAMA-04634</t>
+  </si>
+  <si>
+    <t>Desktop Microphone A4Tech Bloody GM20 - USB</t>
+  </si>
+  <si>
+    <t>A4-MIC-GM20</t>
+  </si>
+  <si>
+    <t>Universal Lavalier Microphone BOYA BY-M1 PRO II</t>
+  </si>
+  <si>
+    <t>BOYA-BY-M1-PROII</t>
+  </si>
+  <si>
+    <t>Delock USB Microphone with Gooseneck and Mute Button</t>
+  </si>
+  <si>
+    <t>DELOCK-66499</t>
+  </si>
+  <si>
+    <t>Delock Microphone for Smartphone / Tablet, 65893</t>
+  </si>
+  <si>
+    <t>DELOCK-65893</t>
+  </si>
+  <si>
+    <t>BOYA Miniature Condenser Microphone BY-M100</t>
+  </si>
+  <si>
+    <t>BOYA-BY-M100</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>BOYA Lavalier Microphone BY-M1S</t>
-[...31 lines deleted...]
-  <si>
     <t>BOYA Miniature Condenser Microphone BY-M110</t>
   </si>
   <si>
     <t>BOYA-BY-M110</t>
   </si>
   <si>
     <t>BOYA Cardioid Microphone BY-MM1</t>
   </si>
   <si>
     <t>BOYA-BY-MM1</t>
   </si>
   <si>
-    <t>Desktop Microphone A4Tech Bloody GM20 - USB</t>
-[...16 lines deleted...]
-  <si>
     <t>Delock Tie Lavalier Microphone Omnidirectional with Clip, 66279</t>
   </si>
   <si>
     <t>DELOCK-66279</t>
   </si>
   <si>
     <t>BOYA Super-cardioid Condenser Shotgun Microphone, 3.5mm</t>
   </si>
   <si>
     <t>BOYA-BY-MM1P</t>
   </si>
   <si>
+    <t>uRage "Stream 700 HD" Gaming Microphone</t>
+  </si>
+  <si>
+    <t>HAMA-186019</t>
+  </si>
+  <si>
     <t>Hama "RMZ-14" Directional Microphone, 46114</t>
   </si>
   <si>
     <t>HAMA-46114</t>
   </si>
   <si>
     <t>Delock Desktop USB Gaming Microphone, 66330</t>
   </si>
   <si>
     <t>DELOCK-66330</t>
   </si>
   <si>
-    <t>uRage "Stream 700 HD" Gaming Microphone</t>
-[...2 lines deleted...]
-    <t>HAMA-186019</t>
+    <t>BOYA Multifunctional Smartphone Video Kit BY-VG380</t>
+  </si>
+  <si>
+    <t>BOYA-BY-VG380</t>
   </si>
   <si>
     <t>Desktop Microphone BOYA K3</t>
   </si>
   <si>
     <t>BOYA-MIC-K3</t>
   </si>
   <si>
+    <t>Nacon Streaming Microphone for PC</t>
+  </si>
+  <si>
+    <t>NC-MIC-PCSTREAMINGMIC</t>
+  </si>
+  <si>
     <t>Desktop Microphone Nacon RIG M100HS</t>
   </si>
   <si>
     <t>PLANT-HEAD-RIG-M100HS</t>
   </si>
   <si>
-    <t>BOYA Multifunctional Smartphone Video Kit BY-VG380</t>
-[...2 lines deleted...]
-    <t>BOYA-BY-VG380</t>
+    <t>Desktop Microphone FIFINE A6NEO RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-A6NEO</t>
+  </si>
+  <si>
+    <t>Desktop Microphone FIFINE A8V RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-A8V</t>
   </si>
   <si>
     <t>Desktop Microphone CHERRY UM 3.0</t>
   </si>
   <si>
     <t>CHERRY-MIC-JA-0700</t>
   </si>
   <si>
+    <t>BOYA USB Microphone BY-PM300</t>
+  </si>
+  <si>
+    <t>BOYA-BY-PM300</t>
+  </si>
+  <si>
     <t>BOYA Miniature Condenser Microphone BY-M100UC</t>
   </si>
   <si>
     <t>BOYA-BY-M100UC</t>
   </si>
   <si>
     <t>BOYA BY-V10 Wireless Lapel Microphone System</t>
   </si>
   <si>
     <t>BOYA-BY-BY-V10</t>
   </si>
   <si>
     <t>BOYA BY-V1 Wireless Lapel Microphone System, iOS</t>
   </si>
   <si>
     <t>BOYA-BY-BY-V1</t>
   </si>
   <si>
-    <t>Nacon Streaming Microphone for PC</t>
-[...2 lines deleted...]
-    <t>NC-MIC-PCSTREAMINGMIC</t>
+    <t>BOYA BY-V20 Wireless Lapel Microphone System</t>
+  </si>
+  <si>
+    <t>BOYA-BY-BY-V20</t>
+  </si>
+  <si>
+    <t>Desktop Microphone FIFINE K669 PRO2 RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-K669PRO2</t>
+  </si>
+  <si>
+    <t>Microphone with Adjustable Arm Stand FIFINE A8T RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-A8T</t>
+  </si>
+  <si>
+    <t>Microphone with Boom Arm FIFINE A6T RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-A6T</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Desktop Microphone HyperX SoloCast </t>
+  </si>
+  <si>
+    <t>HX-MIC-SC-WT</t>
   </si>
   <si>
     <t>Delock USB Condenser Microphone 20672</t>
   </si>
   <si>
     <t>DELOCK-20672</t>
   </si>
   <si>
     <t>Desktop Microphone ENDORFY Solum Voice S - Black</t>
   </si>
   <si>
     <t>END-MIC-EY1B013</t>
   </si>
   <si>
     <t>Desktop Microphone ENDORFY Solum Voice S - Onyx White</t>
   </si>
   <si>
     <t>END-MIC-EY1B015</t>
   </si>
   <si>
     <t>BOYA Cardioid Dynamic Vocal Microphone BY-BM58</t>
   </si>
   <si>
     <t>BOYA-BY-BM58</t>
   </si>
   <si>
     <t>BOYA Cardioid Dynamic Instrument Microphone BY-BM57</t>
   </si>
   <si>
     <t>BOYA-BY-BM57</t>
   </si>
   <si>
     <t>Desktop Microphone HyperX SoloCast</t>
   </si>
   <si>
     <t>HX-MIC-SC-BK</t>
   </si>
   <si>
-    <t>BOYA USB Microphone BY-PM300</t>
-[...4 lines deleted...]
-  <si>
     <t>Desktop Microphone Streamplify MIC RGB</t>
   </si>
   <si>
     <t>SPMC-MZ1C127</t>
   </si>
   <si>
-    <t xml:space="preserve">Desktop Microphone HyperX SoloCast </t>
-[...4 lines deleted...]
-  <si>
     <t>BOYA BY-V2 Wireless Lapel Microphone System, Omnidirectional Lightning for iOS</t>
   </si>
   <si>
     <t>BOYA-BY-BY-V2</t>
   </si>
   <si>
-    <t>BOYA BY-V20 Wireless Lapel Microphone System</t>
-[...2 lines deleted...]
-    <t>BOYA-BY-BY-V20</t>
+    <t>Wireless Microphone System BOYA Mini 2-02 - USB-C</t>
+  </si>
+  <si>
+    <t>BOYA-MINI-2-02</t>
+  </si>
+  <si>
+    <t>Wireless Microphone System BOYA Mini 2-03 с Lightning</t>
+  </si>
+  <si>
+    <t>BOYA-MINI-2-03</t>
+  </si>
+  <si>
+    <t>Desktop Microphone FIFINE AM8 Dynamic RGB XLR/USB- Black</t>
+  </si>
+  <si>
+    <t>FIFINE-AM8</t>
+  </si>
+  <si>
+    <t>Desktop Microphone FIFINE AM8 Dynamic RGB XLR/USB - White</t>
+  </si>
+  <si>
+    <t>FIFINE-AM8W</t>
+  </si>
+  <si>
+    <t>Desktop Microphone CHERRY UM 6.0 ADVANCED, MIC-JA-0710</t>
+  </si>
+  <si>
+    <t>CHERRY-MIC-JA-0710</t>
+  </si>
+  <si>
+    <t>Dynamic Microphone Logitech YETI ORB</t>
+  </si>
+  <si>
+    <t>LOGITECH-MIC-YETI-ORB</t>
+  </si>
+  <si>
+    <t>Wireless Microphone System BOYA Mini USB-C</t>
+  </si>
+  <si>
+    <t>BOYA-MINI-14</t>
+  </si>
+  <si>
+    <t>Dynamic Microphone Logitech YETI ORB White</t>
+  </si>
+  <si>
+    <t>LOGITECH-MIC-YETI-ORB-WH</t>
   </si>
   <si>
     <t>uRage "Stream 900 HD Studio" Streaming Microphone</t>
   </si>
   <si>
     <t>HAMA-186087</t>
   </si>
   <si>
-    <t>Desktop Microphone CHERRY UM 6.0 ADVANCED, MIC-JA-0710</t>
-[...22 lines deleted...]
-  <si>
     <t>Wireless Microphone System BOYA Mini USB-Lightning</t>
   </si>
   <si>
     <t>BOYA-MINI-15</t>
   </si>
   <si>
     <t>Microphone with Stand ENDORFY Solum Voice  - Black</t>
   </si>
   <si>
     <t>END-MIC-EY1B014</t>
   </si>
   <si>
-    <t>uRage "Stream 750 HD Illuminated" Streaming Microphone</t>
-[...2 lines deleted...]
-    <t>HAMA-186059</t>
+    <t>Desktop Microphone FIFINE AM6 RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-AM6</t>
+  </si>
+  <si>
+    <t>Desktop Microphone FIFINE AM6 RGB - White</t>
+  </si>
+  <si>
+    <t>FIFINE-AM6W</t>
+  </si>
+  <si>
+    <t>BOYA Dual-Channel Wireless Bodypack Receiver BY-RX8 Pro</t>
+  </si>
+  <si>
+    <t>BOYA-BY-RX8-Pro</t>
   </si>
   <si>
     <t>BOYA Omic-U-W</t>
   </si>
   <si>
     <t>BOYA-OMIC-U-W</t>
   </si>
   <si>
     <t>Wireless Microphone BOYA OMIC-D-W</t>
   </si>
   <si>
     <t>BOYA-OMIC-D-W</t>
   </si>
   <si>
     <t>Desktop Microphone AverMedia VERSATI Go - AM310G2</t>
   </si>
   <si>
     <t>AVER-MIC-AM310G2</t>
   </si>
   <si>
+    <t>Desktop Microphone FIFINE K658 Dynamic RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-K658</t>
+  </si>
+  <si>
+    <t>Microphone Adjustable Boom Arm FIFINE AM8T Dynamic RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-AM8T</t>
+  </si>
+  <si>
     <t>SPMC-MZ1C227</t>
   </si>
   <si>
     <t>Desktop Microphone BOYA K9</t>
   </si>
   <si>
     <t>BOYA-MIC-K9</t>
   </si>
   <si>
     <t>Wireless Microphone System BOYA Mini USB-C and Lightning - Black</t>
   </si>
   <si>
     <t>BOYA-MINI-12</t>
   </si>
   <si>
     <t>Wireless Microphone System BOYA Mini USB-C and Lightning - White</t>
   </si>
   <si>
     <t>BOYA-MINI-13</t>
   </si>
   <si>
+    <t>BOYA Wireless Handheld Microphone BY-WHM8 Pro</t>
+  </si>
+  <si>
+    <t>BOYA-BY-WHM8-PRO</t>
+  </si>
+  <si>
     <t xml:space="preserve">Desktop Microphone JBL Quantum  Stream </t>
   </si>
   <si>
     <t>JBL-QUANTUM-STREAM</t>
   </si>
   <si>
+    <t>Desktop Microphone FIFINE A9 RGB 4 Polar Patterns- Black</t>
+  </si>
+  <si>
+    <t>FIFINE-A9</t>
+  </si>
+  <si>
+    <t>Microphone with Boom Arm FIFINE T658 Dynamic RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-T658</t>
+  </si>
+  <si>
     <t>Desktop Microphone CHERRY UM 9.0 PRO RGB</t>
   </si>
   <si>
     <t>CHERRY-MIC-JA-0720</t>
   </si>
   <si>
-    <t>BOYA Wireless Handheld Microphone BY-WHM8 Pro</t>
-[...10 lines deleted...]
-  <si>
     <t>BOYA BY-WM3T2-D2 Mini 2.4GHz  Wireless Microphone System</t>
   </si>
   <si>
     <t>BOYA-BY-WM3T2-D2</t>
   </si>
   <si>
+    <t>All-in-one Design Wireless Microphone System BOYALINK</t>
+  </si>
+  <si>
+    <t>BOYA-BY-BOYALINK</t>
+  </si>
+  <si>
     <t>Microphone and mount ENDORFY - Solum Streaming</t>
   </si>
   <si>
     <t>END-MIC-EY1B004</t>
   </si>
   <si>
+    <t>Mini Wireless Microphone All-in-One BOYA MAGIC 05</t>
+  </si>
+  <si>
+    <t>BOYA-MAGIC-05</t>
+  </si>
+  <si>
     <t>Desktop Microphone Elgato Wave Neo</t>
   </si>
   <si>
     <t>ELGATO-10MAI9901</t>
   </si>
   <si>
-    <t>Mini Wireless Microphone All-in-One BOYA MAGIC 05</t>
-[...8 lines deleted...]
-    <t>BOYA-BY-BOYALINK</t>
+    <t>Desktop Microphone HyperX QuadCast 2</t>
+  </si>
+  <si>
+    <t>HX-MIC-872V1AA</t>
   </si>
   <si>
     <t>JBL PartyBox Wireless Mic Set</t>
   </si>
   <si>
     <t>JBL-MIC-PRTBOX-WRLSS</t>
   </si>
   <si>
+    <t>AI-Powered Button-Sized Wireless Microphone BOYALINK 3-01</t>
+  </si>
+  <si>
+    <t>BOYA-BY-BOYALINK-3-01</t>
+  </si>
+  <si>
     <t>Microfon BOYA Quantum Stream Studio</t>
   </si>
   <si>
     <t>JBL-STRM-STUDIO-BLK</t>
   </si>
   <si>
     <t>Dynamic XLR Microhpone Elgato Wave DX, Black</t>
   </si>
   <si>
     <t>ELGATO-10MAH9901</t>
   </si>
   <si>
+    <t>BOYA 2.4GHz Ultra-compact Wireless Microphone System BY-XM6-K1</t>
+  </si>
+  <si>
+    <t>BOYA-BY-XM6-K1</t>
+  </si>
+  <si>
     <t>Premium Microphone Logitech Blue YETI - Midnight Blue</t>
   </si>
   <si>
     <t>LOGITECH-MIC-YETI-BLUE</t>
   </si>
   <si>
     <t>Premium Microphone Logitech Blue YETI Nano - Black</t>
   </si>
   <si>
     <t>LOGITECH-MIC-YETI-NANO-BL</t>
   </si>
   <si>
     <t>Mini Wireless Microphone All-in-One BOYA MAGIC 03 USB-C</t>
   </si>
   <si>
     <t>BOYA-MAGIC-03</t>
   </si>
   <si>
-    <t>AI-Powered Button-Sized Wireless Microphone BOYALINK 3-01</t>
-[...10 lines deleted...]
-  <si>
     <t>Premium Microphone Logitech Blue YETI - Silver</t>
   </si>
   <si>
     <t>LOGITECH-MIC-YETI-SILVER</t>
   </si>
   <si>
     <t>Premium Microphone Logitech Blue YETI - Blackout</t>
   </si>
   <si>
     <t>LOGITECH-MIC-YETI-BLACK</t>
   </si>
   <si>
     <t>Mini Wireless Microphone All-in-One BOYA MAGIC 02 - Lightning + USB-C</t>
   </si>
   <si>
     <t>BOYA-MAGIC-02</t>
   </si>
   <si>
+    <t>All-in-One BOYA BOYAMIC 2</t>
+  </si>
+  <si>
+    <t>BOYA-BY-BOYAMIC2</t>
+  </si>
+  <si>
     <t>Dynamic Microphone Logitech YETI GX</t>
   </si>
   <si>
     <t>LOGITECH-MIC-YETI-GX</t>
   </si>
   <si>
     <t>Microphone and mount ENDORFY - Solum Studio</t>
   </si>
   <si>
     <t>END-MIC-EY1B009</t>
   </si>
   <si>
-    <t>BOYA 2.4GHz Ultra-compact Wireless Microphone System BY-XM6-K1</t>
-[...4 lines deleted...]
-  <si>
     <t>Desktop Microphone HyperX QuadCast S</t>
   </si>
   <si>
     <t>HX-MIC-QCS-BK</t>
   </si>
   <si>
+    <t>Desktop Microphone HyperX ProCast</t>
+  </si>
+  <si>
+    <t>HX-MIC-PROCAST-BL</t>
+  </si>
+  <si>
     <t>Desktop Microphone Elgato Wave 3</t>
   </si>
   <si>
     <t>ELGATO-10MAB9901</t>
   </si>
   <si>
     <t>All-in-One BOYA BOYAMIC</t>
   </si>
   <si>
     <t>BOYA-BY-BOYAMIC</t>
   </si>
   <si>
     <t>Desktop Microphone ASUS ROG Carnyx - Black</t>
   </si>
   <si>
     <t>ASUS-MIC-CARNYX-BLK</t>
   </si>
   <si>
     <t>Desktop Microphone ASUS ROG Carnyx - White</t>
   </si>
   <si>
     <t>ASUS-MIC-CARNYX-WHT</t>
   </si>
   <si>
     <t>Wireless Handheld Microphone BOYA BY-WM8 PRO K3</t>
   </si>
   <si>
     <t>BOYA-BY-WM8-Pro-K3</t>
   </si>
   <si>
-    <t>All-in-One BOYA BOYAMIC 2</t>
-[...4 lines deleted...]
-  <si>
     <t>BOYA 2.4GHz Ultra-compact Wireless Microphone System BY-XM6-K2</t>
   </si>
   <si>
     <t>BOYA-BY-XM6-K2</t>
   </si>
   <si>
     <t>Desktop Microphone SteelSeries Alias</t>
   </si>
   <si>
     <t>STEEL-MIC-61601</t>
   </si>
   <si>
     <t>BOYA BY-W4 Ultracompact 2.4GHz Four-Channel Wireless Microphone System</t>
   </si>
   <si>
     <t>BOYA-BY-W4</t>
-  </si>
-[...4 lines deleted...]
-    <t>HX-MIC-PROCAST-BL</t>
   </si>
   <si>
     <t>Dynamic Microphone Logitech YETI Studio</t>
   </si>
   <si>
     <t>LOGITECH-MIC-YETI-STUDIO</t>
   </si>
   <si>
     <t>Desktop XLR Microphone SteelSeries Alias PRO</t>
   </si>
   <si>
     <t>STEEL-MIC-61597</t>
   </si>
   <si>
     <t>Wireless Expansion Microphone - AverMedia AW111</t>
   </si>
   <si>
     <t>AVER-MIC-AW111</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -919,1340 +997,2474 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D92"/>
+  <dimension ref="A1:D173"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>9.228</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>15.6</v>
+        <v>18.0</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>23.04</v>
+        <v>28.992</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>28.992</v>
+        <v>34.992</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>34.992</v>
+        <v>42.0</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C7">
         <v>42.408</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>45.0</v>
+        <v>43.2</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>47.328</v>
+        <v>45.0</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>48.996</v>
+        <v>47.328</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>48.996</v>
+        <v>48.0</v>
       </c>
       <c r="D11" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C12">
         <v>48.996</v>
       </c>
       <c r="D12" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>48.996</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>56.58</v>
+        <v>48.996</v>
       </c>
       <c r="D14" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>58.992</v>
+        <v>59.4</v>
       </c>
       <c r="D15" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>59.4</v>
+        <v>63.6</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>63.6</v>
+        <v>64.596</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>65.676</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>67.716</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>75.996</v>
+        <v>78.0</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>78.996</v>
       </c>
       <c r="D21" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>86.4</v>
+        <v>84.0</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>90.996</v>
+        <v>86.4</v>
       </c>
       <c r="D23" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>91.2</v>
+        <v>88.992</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>99.0</v>
+        <v>88.992</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>99.0</v>
+        <v>91.2</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>99.0</v>
+        <v>94.8</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>99.0</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>103.272</v>
+        <v>99.0</v>
       </c>
       <c r="D29" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>108.996</v>
+        <v>99.0</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>108.996</v>
+        <v>99.0</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>114.192</v>
+        <v>99.0</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>116.64</v>
+        <v>99.0</v>
       </c>
       <c r="D33" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>118.992</v>
+        <v>99.0</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>118.992</v>
+        <v>100.8</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>118.992</v>
+        <v>103.272</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>118.992</v>
+        <v>108.996</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>118.992</v>
+        <v>108.996</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>118.992</v>
+        <v>114.192</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>135.78</v>
+        <v>116.64</v>
       </c>
       <c r="D40" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>138.0</v>
+        <v>118.992</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>138.996</v>
+        <v>118.992</v>
       </c>
       <c r="D42" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>138.996</v>
+        <v>118.992</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>138.996</v>
+        <v>118.992</v>
       </c>
       <c r="D44" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>148.992</v>
+        <v>118.992</v>
       </c>
       <c r="D45" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>148.992</v>
+        <v>129.0</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>154.956</v>
+        <v>129.0</v>
       </c>
       <c r="D47" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>159.0</v>
+        <v>138.0</v>
       </c>
       <c r="D48" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>159.0</v>
+        <v>138.996</v>
       </c>
       <c r="D49" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>159.0</v>
+        <v>138.996</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="B51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C51">
-        <v>168.996</v>
+        <v>138.996</v>
       </c>
       <c r="D51" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C52">
-        <v>168.996</v>
+        <v>142.8</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C53">
-        <v>168.996</v>
+        <v>148.992</v>
       </c>
       <c r="D53" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C54">
-        <v>168.996</v>
+        <v>148.992</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C55">
-        <v>178.992</v>
+        <v>148.992</v>
       </c>
       <c r="D55" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C56">
-        <v>198.0</v>
+        <v>148.992</v>
       </c>
       <c r="D56" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C57">
-        <v>198.996</v>
+        <v>158.4</v>
       </c>
       <c r="D57" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C58">
-        <v>198.996</v>
+        <v>159.0</v>
       </c>
       <c r="D58" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C59">
-        <v>198.996</v>
+        <v>159.0</v>
       </c>
       <c r="D59" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C60">
-        <v>198.996</v>
+        <v>159.0</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C61">
-        <v>199.008</v>
+        <v>159.0</v>
       </c>
       <c r="D61" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C62">
-        <v>219.0</v>
+        <v>159.0</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>128</v>
+        <v>87</v>
       </c>
       <c r="B63" t="s">
         <v>129</v>
       </c>
       <c r="C63">
-        <v>228.996</v>
+        <v>168.996</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>130</v>
       </c>
       <c r="B64" t="s">
         <v>131</v>
       </c>
       <c r="C64">
-        <v>238.992</v>
+        <v>168.996</v>
       </c>
       <c r="D64" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>132</v>
       </c>
       <c r="B65" t="s">
         <v>133</v>
       </c>
       <c r="C65">
-        <v>242.94</v>
+        <v>168.996</v>
       </c>
       <c r="D65" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>134</v>
       </c>
       <c r="B66" t="s">
         <v>135</v>
       </c>
       <c r="C66">
-        <v>258.996</v>
+        <v>168.996</v>
       </c>
       <c r="D66" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>136</v>
       </c>
       <c r="B67" t="s">
         <v>137</v>
       </c>
       <c r="C67">
-        <v>268.992</v>
+        <v>174.0</v>
       </c>
       <c r="D67" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>138</v>
       </c>
       <c r="B68" t="s">
         <v>139</v>
       </c>
       <c r="C68">
-        <v>268.992</v>
+        <v>178.992</v>
       </c>
       <c r="D68" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>140</v>
       </c>
       <c r="B69" t="s">
         <v>141</v>
       </c>
       <c r="C69">
-        <v>279.0</v>
+        <v>178.992</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>142</v>
       </c>
       <c r="B70" t="s">
         <v>143</v>
       </c>
       <c r="C70">
-        <v>279.0</v>
+        <v>178.992</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>144</v>
       </c>
       <c r="B71" t="s">
         <v>145</v>
       </c>
       <c r="C71">
-        <v>288.996</v>
+        <v>198.0</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>146</v>
       </c>
       <c r="B72" t="s">
         <v>147</v>
       </c>
       <c r="C72">
-        <v>298.992</v>
+        <v>198.996</v>
       </c>
       <c r="D72" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>148</v>
       </c>
       <c r="B73" t="s">
         <v>149</v>
       </c>
       <c r="C73">
-        <v>298.992</v>
+        <v>198.996</v>
       </c>
       <c r="D73" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>150</v>
       </c>
       <c r="B74" t="s">
         <v>151</v>
       </c>
       <c r="C74">
-        <v>298.992</v>
+        <v>198.996</v>
       </c>
       <c r="D74" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>152</v>
       </c>
       <c r="B75" t="s">
         <v>153</v>
       </c>
       <c r="C75">
-        <v>328.992</v>
+        <v>198.996</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>154</v>
       </c>
       <c r="B76" t="s">
         <v>155</v>
       </c>
       <c r="C76">
-        <v>328.992</v>
+        <v>199.008</v>
       </c>
       <c r="D76" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>156</v>
       </c>
       <c r="B77" t="s">
         <v>157</v>
       </c>
       <c r="C77">
-        <v>339.0</v>
+        <v>228.0</v>
       </c>
       <c r="D77" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>158</v>
       </c>
       <c r="B78" t="s">
         <v>159</v>
       </c>
       <c r="C78">
-        <v>348.996</v>
+        <v>238.992</v>
       </c>
       <c r="D78" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>160</v>
       </c>
       <c r="B79" t="s">
         <v>161</v>
       </c>
       <c r="C79">
-        <v>358.992</v>
+        <v>239.004</v>
       </c>
       <c r="D79" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>162</v>
       </c>
       <c r="B80" t="s">
         <v>163</v>
       </c>
       <c r="C80">
-        <v>369.0</v>
+        <v>242.94</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>164</v>
       </c>
       <c r="B81" t="s">
         <v>165</v>
       </c>
       <c r="C81">
-        <v>378.996</v>
+        <v>258.996</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>166</v>
       </c>
       <c r="B82" t="s">
         <v>167</v>
       </c>
       <c r="C82">
-        <v>378.996</v>
+        <v>262.8</v>
       </c>
       <c r="D82" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>168</v>
       </c>
       <c r="B83" t="s">
         <v>169</v>
       </c>
       <c r="C83">
-        <v>399.0</v>
+        <v>268.992</v>
       </c>
       <c r="D83" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>170</v>
       </c>
       <c r="B84" t="s">
         <v>171</v>
       </c>
       <c r="C84">
-        <v>399.0</v>
+        <v>268.992</v>
       </c>
       <c r="D84" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>172</v>
       </c>
       <c r="B85" t="s">
         <v>173</v>
       </c>
       <c r="C85">
-        <v>429.0</v>
+        <v>279.0</v>
       </c>
       <c r="D85" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>174</v>
       </c>
       <c r="B86" t="s">
         <v>175</v>
       </c>
       <c r="C86">
-        <v>468.996</v>
+        <v>298.992</v>
       </c>
       <c r="D86" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>176</v>
       </c>
       <c r="B87" t="s">
         <v>177</v>
       </c>
       <c r="C87">
-        <v>498.996</v>
+        <v>298.992</v>
       </c>
       <c r="D87" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>178</v>
       </c>
       <c r="B88" t="s">
         <v>179</v>
       </c>
       <c r="C88">
-        <v>510.0</v>
+        <v>298.992</v>
       </c>
       <c r="D88" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>180</v>
       </c>
       <c r="B89" t="s">
         <v>181</v>
       </c>
       <c r="C89">
-        <v>522.912</v>
+        <v>318.996</v>
       </c>
       <c r="D89" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>182</v>
       </c>
       <c r="B90" t="s">
         <v>183</v>
       </c>
       <c r="C90">
-        <v>748.992</v>
+        <v>328.992</v>
       </c>
       <c r="D90" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>184</v>
       </c>
       <c r="B91" t="s">
         <v>185</v>
       </c>
       <c r="C91">
+        <v>328.992</v>
+      </c>
+      <c r="D91" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4">
+      <c r="A92" t="s">
+        <v>186</v>
+      </c>
+      <c r="B92" t="s">
+        <v>187</v>
+      </c>
+      <c r="C92">
+        <v>348.996</v>
+      </c>
+      <c r="D92" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4">
+      <c r="A93" t="s">
+        <v>188</v>
+      </c>
+      <c r="B93" t="s">
+        <v>189</v>
+      </c>
+      <c r="C93">
+        <v>354.0</v>
+      </c>
+      <c r="D93" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4">
+      <c r="A94" t="s">
+        <v>190</v>
+      </c>
+      <c r="B94" t="s">
+        <v>191</v>
+      </c>
+      <c r="C94">
+        <v>358.992</v>
+      </c>
+      <c r="D94" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4">
+      <c r="A95" t="s">
+        <v>192</v>
+      </c>
+      <c r="B95" t="s">
+        <v>193</v>
+      </c>
+      <c r="C95">
+        <v>369.0</v>
+      </c>
+      <c r="D95" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4">
+      <c r="A96" t="s">
+        <v>194</v>
+      </c>
+      <c r="B96" t="s">
+        <v>195</v>
+      </c>
+      <c r="C96">
+        <v>378.996</v>
+      </c>
+      <c r="D96" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4">
+      <c r="A97" t="s">
+        <v>196</v>
+      </c>
+      <c r="B97" t="s">
+        <v>197</v>
+      </c>
+      <c r="C97">
+        <v>378.996</v>
+      </c>
+      <c r="D97" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4">
+      <c r="A98" t="s">
+        <v>198</v>
+      </c>
+      <c r="B98" t="s">
+        <v>199</v>
+      </c>
+      <c r="C98">
+        <v>399.0</v>
+      </c>
+      <c r="D98" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4">
+      <c r="A99" t="s">
+        <v>200</v>
+      </c>
+      <c r="B99" t="s">
+        <v>201</v>
+      </c>
+      <c r="C99">
+        <v>429.0</v>
+      </c>
+      <c r="D99" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4">
+      <c r="A100" t="s">
+        <v>202</v>
+      </c>
+      <c r="B100" t="s">
+        <v>203</v>
+      </c>
+      <c r="C100">
+        <v>468.996</v>
+      </c>
+      <c r="D100" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4">
+      <c r="A101" t="s">
+        <v>204</v>
+      </c>
+      <c r="B101" t="s">
+        <v>205</v>
+      </c>
+      <c r="C101">
+        <v>498.996</v>
+      </c>
+      <c r="D101" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4">
+      <c r="A102" t="s">
+        <v>11</v>
+      </c>
+      <c r="B102" t="s">
+        <v>12</v>
+      </c>
+      <c r="C102">
+        <v>34.992</v>
+      </c>
+      <c r="D102" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4">
+      <c r="A103" t="s">
+        <v>18</v>
+      </c>
+      <c r="B103" t="s">
+        <v>19</v>
+      </c>
+      <c r="C103">
+        <v>43.2</v>
+      </c>
+      <c r="D103" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4">
+      <c r="A104" t="s">
+        <v>20</v>
+      </c>
+      <c r="B104" t="s">
+        <v>21</v>
+      </c>
+      <c r="C104">
+        <v>45.0</v>
+      </c>
+      <c r="D104" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4">
+      <c r="A105" t="s">
+        <v>22</v>
+      </c>
+      <c r="B105" t="s">
+        <v>23</v>
+      </c>
+      <c r="C105">
+        <v>47.328</v>
+      </c>
+      <c r="D105" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4">
+      <c r="A106" t="s">
+        <v>45</v>
+      </c>
+      <c r="B106" t="s">
+        <v>46</v>
+      </c>
+      <c r="C106">
+        <v>78.996</v>
+      </c>
+      <c r="D106" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4">
+      <c r="A107" t="s">
+        <v>47</v>
+      </c>
+      <c r="B107" t="s">
+        <v>48</v>
+      </c>
+      <c r="C107">
+        <v>84.0</v>
+      </c>
+      <c r="D107" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4">
+      <c r="A108" t="s">
+        <v>49</v>
+      </c>
+      <c r="B108" t="s">
+        <v>50</v>
+      </c>
+      <c r="C108">
+        <v>86.4</v>
+      </c>
+      <c r="D108" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4">
+      <c r="A109" t="s">
+        <v>51</v>
+      </c>
+      <c r="B109" t="s">
+        <v>52</v>
+      </c>
+      <c r="C109">
+        <v>88.992</v>
+      </c>
+      <c r="D109" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4">
+      <c r="A110" t="s">
+        <v>53</v>
+      </c>
+      <c r="B110" t="s">
+        <v>54</v>
+      </c>
+      <c r="C110">
+        <v>88.992</v>
+      </c>
+      <c r="D110" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4">
+      <c r="A111" t="s">
+        <v>55</v>
+      </c>
+      <c r="B111" t="s">
+        <v>56</v>
+      </c>
+      <c r="C111">
+        <v>91.2</v>
+      </c>
+      <c r="D111" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4">
+      <c r="A112" t="s">
+        <v>61</v>
+      </c>
+      <c r="B112" t="s">
+        <v>62</v>
+      </c>
+      <c r="C112">
+        <v>99.0</v>
+      </c>
+      <c r="D112" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4">
+      <c r="A113" t="s">
+        <v>63</v>
+      </c>
+      <c r="B113" t="s">
+        <v>64</v>
+      </c>
+      <c r="C113">
+        <v>99.0</v>
+      </c>
+      <c r="D113" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4">
+      <c r="A114" t="s">
+        <v>65</v>
+      </c>
+      <c r="B114" t="s">
+        <v>66</v>
+      </c>
+      <c r="C114">
+        <v>99.0</v>
+      </c>
+      <c r="D114" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4">
+      <c r="A115" t="s">
+        <v>67</v>
+      </c>
+      <c r="B115" t="s">
+        <v>68</v>
+      </c>
+      <c r="C115">
+        <v>99.0</v>
+      </c>
+      <c r="D115" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4">
+      <c r="A116" t="s">
+        <v>69</v>
+      </c>
+      <c r="B116" t="s">
+        <v>70</v>
+      </c>
+      <c r="C116">
+        <v>99.0</v>
+      </c>
+      <c r="D116" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4">
+      <c r="A117" t="s">
+        <v>71</v>
+      </c>
+      <c r="B117" t="s">
+        <v>72</v>
+      </c>
+      <c r="C117">
+        <v>99.0</v>
+      </c>
+      <c r="D117" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4">
+      <c r="A118" t="s">
+        <v>77</v>
+      </c>
+      <c r="B118" t="s">
+        <v>78</v>
+      </c>
+      <c r="C118">
+        <v>108.996</v>
+      </c>
+      <c r="D118" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4">
+      <c r="A119" t="s">
+        <v>79</v>
+      </c>
+      <c r="B119" t="s">
+        <v>80</v>
+      </c>
+      <c r="C119">
+        <v>108.996</v>
+      </c>
+      <c r="D119" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4">
+      <c r="A120" t="s">
+        <v>89</v>
+      </c>
+      <c r="B120" t="s">
+        <v>90</v>
+      </c>
+      <c r="C120">
+        <v>118.992</v>
+      </c>
+      <c r="D120" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4">
+      <c r="A121" t="s">
+        <v>91</v>
+      </c>
+      <c r="B121" t="s">
+        <v>92</v>
+      </c>
+      <c r="C121">
+        <v>118.992</v>
+      </c>
+      <c r="D121" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4">
+      <c r="A122" t="s">
+        <v>93</v>
+      </c>
+      <c r="B122" t="s">
+        <v>94</v>
+      </c>
+      <c r="C122">
+        <v>118.992</v>
+      </c>
+      <c r="D122" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4">
+      <c r="A123" t="s">
+        <v>95</v>
+      </c>
+      <c r="B123" t="s">
+        <v>96</v>
+      </c>
+      <c r="C123">
+        <v>129.0</v>
+      </c>
+      <c r="D123" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4">
+      <c r="A124" t="s">
+        <v>97</v>
+      </c>
+      <c r="B124" t="s">
+        <v>98</v>
+      </c>
+      <c r="C124">
+        <v>129.0</v>
+      </c>
+      <c r="D124" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4">
+      <c r="A125" t="s">
+        <v>99</v>
+      </c>
+      <c r="B125" t="s">
+        <v>100</v>
+      </c>
+      <c r="C125">
+        <v>138.0</v>
+      </c>
+      <c r="D125" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4">
+      <c r="A126" t="s">
+        <v>101</v>
+      </c>
+      <c r="B126" t="s">
+        <v>102</v>
+      </c>
+      <c r="C126">
+        <v>138.996</v>
+      </c>
+      <c r="D126" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4">
+      <c r="A127" t="s">
+        <v>103</v>
+      </c>
+      <c r="B127" t="s">
+        <v>104</v>
+      </c>
+      <c r="C127">
+        <v>138.996</v>
+      </c>
+      <c r="D127" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4">
+      <c r="A128" t="s">
+        <v>105</v>
+      </c>
+      <c r="B128" t="s">
+        <v>106</v>
+      </c>
+      <c r="C128">
+        <v>138.996</v>
+      </c>
+      <c r="D128" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4">
+      <c r="A129" t="s">
+        <v>109</v>
+      </c>
+      <c r="B129" t="s">
+        <v>110</v>
+      </c>
+      <c r="C129">
+        <v>148.992</v>
+      </c>
+      <c r="D129" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4">
+      <c r="A130" t="s">
+        <v>111</v>
+      </c>
+      <c r="B130" t="s">
+        <v>112</v>
+      </c>
+      <c r="C130">
+        <v>148.992</v>
+      </c>
+      <c r="D130" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4">
+      <c r="A131" t="s">
+        <v>113</v>
+      </c>
+      <c r="B131" t="s">
+        <v>114</v>
+      </c>
+      <c r="C131">
+        <v>148.992</v>
+      </c>
+      <c r="D131" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4">
+      <c r="A132" t="s">
+        <v>115</v>
+      </c>
+      <c r="B132" t="s">
+        <v>116</v>
+      </c>
+      <c r="C132">
+        <v>148.992</v>
+      </c>
+      <c r="D132" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4">
+      <c r="A133" t="s">
+        <v>119</v>
+      </c>
+      <c r="B133" t="s">
+        <v>120</v>
+      </c>
+      <c r="C133">
+        <v>159.0</v>
+      </c>
+      <c r="D133" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4">
+      <c r="A134" t="s">
+        <v>121</v>
+      </c>
+      <c r="B134" t="s">
+        <v>122</v>
+      </c>
+      <c r="C134">
+        <v>159.0</v>
+      </c>
+      <c r="D134" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4">
+      <c r="A135" t="s">
+        <v>123</v>
+      </c>
+      <c r="B135" t="s">
+        <v>124</v>
+      </c>
+      <c r="C135">
+        <v>159.0</v>
+      </c>
+      <c r="D135" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4">
+      <c r="A136" t="s">
+        <v>125</v>
+      </c>
+      <c r="B136" t="s">
+        <v>126</v>
+      </c>
+      <c r="C136">
+        <v>159.0</v>
+      </c>
+      <c r="D136" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4">
+      <c r="A137" t="s">
+        <v>127</v>
+      </c>
+      <c r="B137" t="s">
+        <v>128</v>
+      </c>
+      <c r="C137">
+        <v>159.0</v>
+      </c>
+      <c r="D137" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4">
+      <c r="A138" t="s">
+        <v>130</v>
+      </c>
+      <c r="B138" t="s">
+        <v>131</v>
+      </c>
+      <c r="C138">
+        <v>168.996</v>
+      </c>
+      <c r="D138" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4">
+      <c r="A139" t="s">
+        <v>132</v>
+      </c>
+      <c r="B139" t="s">
+        <v>133</v>
+      </c>
+      <c r="C139">
+        <v>168.996</v>
+      </c>
+      <c r="D139" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4">
+      <c r="A140" t="s">
+        <v>134</v>
+      </c>
+      <c r="B140" t="s">
+        <v>135</v>
+      </c>
+      <c r="C140">
+        <v>168.996</v>
+      </c>
+      <c r="D140" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4">
+      <c r="A141" t="s">
+        <v>140</v>
+      </c>
+      <c r="B141" t="s">
+        <v>141</v>
+      </c>
+      <c r="C141">
+        <v>178.992</v>
+      </c>
+      <c r="D141" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4">
+      <c r="A142" t="s">
+        <v>142</v>
+      </c>
+      <c r="B142" t="s">
+        <v>143</v>
+      </c>
+      <c r="C142">
+        <v>178.992</v>
+      </c>
+      <c r="D142" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4">
+      <c r="A143" t="s">
+        <v>144</v>
+      </c>
+      <c r="B143" t="s">
+        <v>145</v>
+      </c>
+      <c r="C143">
+        <v>198.0</v>
+      </c>
+      <c r="D143" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4">
+      <c r="A144" t="s">
+        <v>148</v>
+      </c>
+      <c r="B144" t="s">
+        <v>149</v>
+      </c>
+      <c r="C144">
+        <v>198.996</v>
+      </c>
+      <c r="D144" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4">
+      <c r="A145" t="s">
+        <v>150</v>
+      </c>
+      <c r="B145" t="s">
+        <v>151</v>
+      </c>
+      <c r="C145">
+        <v>198.996</v>
+      </c>
+      <c r="D145" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4">
+      <c r="A146" t="s">
+        <v>152</v>
+      </c>
+      <c r="B146" t="s">
+        <v>153</v>
+      </c>
+      <c r="C146">
+        <v>198.996</v>
+      </c>
+      <c r="D146" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4">
+      <c r="A147" t="s">
+        <v>154</v>
+      </c>
+      <c r="B147" t="s">
+        <v>155</v>
+      </c>
+      <c r="C147">
+        <v>199.008</v>
+      </c>
+      <c r="D147" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4">
+      <c r="A148" t="s">
+        <v>156</v>
+      </c>
+      <c r="B148" t="s">
+        <v>157</v>
+      </c>
+      <c r="C148">
+        <v>228.0</v>
+      </c>
+      <c r="D148" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4">
+      <c r="A149" t="s">
+        <v>158</v>
+      </c>
+      <c r="B149" t="s">
+        <v>159</v>
+      </c>
+      <c r="C149">
+        <v>238.992</v>
+      </c>
+      <c r="D149" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4">
+      <c r="A150" t="s">
+        <v>160</v>
+      </c>
+      <c r="B150" t="s">
+        <v>161</v>
+      </c>
+      <c r="C150">
+        <v>239.004</v>
+      </c>
+      <c r="D150" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4">
+      <c r="A151" t="s">
+        <v>162</v>
+      </c>
+      <c r="B151" t="s">
+        <v>163</v>
+      </c>
+      <c r="C151">
+        <v>242.94</v>
+      </c>
+      <c r="D151" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4">
+      <c r="A152" t="s">
+        <v>164</v>
+      </c>
+      <c r="B152" t="s">
+        <v>165</v>
+      </c>
+      <c r="C152">
+        <v>258.996</v>
+      </c>
+      <c r="D152" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4">
+      <c r="A153" t="s">
+        <v>166</v>
+      </c>
+      <c r="B153" t="s">
+        <v>167</v>
+      </c>
+      <c r="C153">
+        <v>262.8</v>
+      </c>
+      <c r="D153" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4">
+      <c r="A154" t="s">
+        <v>168</v>
+      </c>
+      <c r="B154" t="s">
+        <v>169</v>
+      </c>
+      <c r="C154">
+        <v>268.992</v>
+      </c>
+      <c r="D154" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4">
+      <c r="A155" t="s">
+        <v>170</v>
+      </c>
+      <c r="B155" t="s">
+        <v>171</v>
+      </c>
+      <c r="C155">
+        <v>268.992</v>
+      </c>
+      <c r="D155" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4">
+      <c r="A156" t="s">
+        <v>172</v>
+      </c>
+      <c r="B156" t="s">
+        <v>173</v>
+      </c>
+      <c r="C156">
+        <v>279.0</v>
+      </c>
+      <c r="D156" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4">
+      <c r="A157" t="s">
+        <v>174</v>
+      </c>
+      <c r="B157" t="s">
+        <v>175</v>
+      </c>
+      <c r="C157">
+        <v>298.992</v>
+      </c>
+      <c r="D157" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4">
+      <c r="A158" t="s">
+        <v>176</v>
+      </c>
+      <c r="B158" t="s">
+        <v>177</v>
+      </c>
+      <c r="C158">
+        <v>298.992</v>
+      </c>
+      <c r="D158" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4">
+      <c r="A159" t="s">
+        <v>178</v>
+      </c>
+      <c r="B159" t="s">
+        <v>179</v>
+      </c>
+      <c r="C159">
+        <v>298.992</v>
+      </c>
+      <c r="D159" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4">
+      <c r="A160" t="s">
+        <v>180</v>
+      </c>
+      <c r="B160" t="s">
+        <v>181</v>
+      </c>
+      <c r="C160">
+        <v>318.996</v>
+      </c>
+      <c r="D160" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="161" spans="1:4">
+      <c r="A161" t="s">
+        <v>182</v>
+      </c>
+      <c r="B161" t="s">
+        <v>183</v>
+      </c>
+      <c r="C161">
+        <v>328.992</v>
+      </c>
+      <c r="D161" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4">
+      <c r="A162" t="s">
+        <v>184</v>
+      </c>
+      <c r="B162" t="s">
+        <v>185</v>
+      </c>
+      <c r="C162">
+        <v>328.992</v>
+      </c>
+      <c r="D162" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4">
+      <c r="A163" t="s">
+        <v>188</v>
+      </c>
+      <c r="B163" t="s">
+        <v>189</v>
+      </c>
+      <c r="C163">
+        <v>354.0</v>
+      </c>
+      <c r="D163" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="164" spans="1:4">
+      <c r="A164" t="s">
+        <v>192</v>
+      </c>
+      <c r="B164" t="s">
+        <v>193</v>
+      </c>
+      <c r="C164">
+        <v>369.0</v>
+      </c>
+      <c r="D164" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="165" spans="1:4">
+      <c r="A165" t="s">
+        <v>194</v>
+      </c>
+      <c r="B165" t="s">
+        <v>195</v>
+      </c>
+      <c r="C165">
+        <v>378.996</v>
+      </c>
+      <c r="D165" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="166" spans="1:4">
+      <c r="A166" t="s">
+        <v>196</v>
+      </c>
+      <c r="B166" t="s">
+        <v>197</v>
+      </c>
+      <c r="C166">
+        <v>378.996</v>
+      </c>
+      <c r="D166" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="167" spans="1:4">
+      <c r="A167" t="s">
+        <v>198</v>
+      </c>
+      <c r="B167" t="s">
+        <v>199</v>
+      </c>
+      <c r="C167">
+        <v>399.0</v>
+      </c>
+      <c r="D167" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="168" spans="1:4">
+      <c r="A168" t="s">
+        <v>200</v>
+      </c>
+      <c r="B168" t="s">
+        <v>201</v>
+      </c>
+      <c r="C168">
+        <v>429.0</v>
+      </c>
+      <c r="D168" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="169" spans="1:4">
+      <c r="A169" t="s">
+        <v>202</v>
+      </c>
+      <c r="B169" t="s">
+        <v>203</v>
+      </c>
+      <c r="C169">
+        <v>468.996</v>
+      </c>
+      <c r="D169" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4">
+      <c r="A170" t="s">
+        <v>206</v>
+      </c>
+      <c r="B170" t="s">
+        <v>207</v>
+      </c>
+      <c r="C170">
+        <v>522.912</v>
+      </c>
+      <c r="D170" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="171" spans="1:4">
+      <c r="A171" t="s">
+        <v>208</v>
+      </c>
+      <c r="B171" t="s">
+        <v>209</v>
+      </c>
+      <c r="C171">
+        <v>748.992</v>
+      </c>
+      <c r="D171" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4">
+      <c r="A172" t="s">
+        <v>210</v>
+      </c>
+      <c r="B172" t="s">
+        <v>211</v>
+      </c>
+      <c r="C172">
         <v>798.996</v>
       </c>
-      <c r="D91" t="s">
-        <v>13</v>
+      <c r="D172" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D92"/>
+  <autoFilter ref="A1:D173"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>