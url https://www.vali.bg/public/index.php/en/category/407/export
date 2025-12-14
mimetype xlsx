--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -7,846 +7,804 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$225</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$236</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="249">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama "MC-100" Optical 3-Button Mouse, 182600</t>
   </si>
   <si>
     <t>HAMA-182600</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Hama "MC-200" Optical 3-Button Mouse, 182603</t>
   </si>
   <si>
     <t>HAMA-182603</t>
   </si>
   <si>
-    <t>Wireless optical Mouse RAPOO N100, 18050</t>
-[...2 lines deleted...]
-    <t>RAPOO-18050</t>
+    <t>HAMA "MC-200" Optical 3-Button Mouse, 182602</t>
+  </si>
+  <si>
+    <t>HAMA-182602</t>
+  </si>
+  <si>
+    <t>Hama "AMW-200" Optical Wireless Mouse, 3 Buttons, 134960</t>
+  </si>
+  <si>
+    <t>HAMA-134960</t>
+  </si>
+  <si>
+    <t>A4tech OP 620DS Optical mouse, silent click, USB black</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-OP-620DS</t>
+  </si>
+  <si>
+    <t>Hama "MW-110" Optical Wireless Mouse, 3 Buttons, 182618</t>
+  </si>
+  <si>
+    <t>HAMA-182618</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> "MC-300" Optical 3-Button Mouse, silent, 182606</t>
+  </si>
+  <si>
+    <t>HAMA-182606</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
-    <t>HAMA "MC-200" Optical 3-Button Mouse, 182602</t>
-[...40 lines deleted...]
-  <si>
     <t>A4tech Illuminate N530S Wired Silent Mouse Black, 1200 dpi</t>
   </si>
   <si>
     <t>A4-MOUSE-N-530S</t>
   </si>
   <si>
+    <t>Wired optical mouse LOGITECH B100</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-B100BK</t>
+  </si>
+  <si>
     <t>Wired optical mouse LOGITECH M90</t>
   </si>
   <si>
     <t>LOGITECH-MOUSE-M90-BK</t>
   </si>
   <si>
-    <t>Wired optical mouse LOGITECH B100</t>
-[...2 lines deleted...]
-    <t>LOGITECH-MOUSE-B100BK</t>
+    <t>Wireless optical Mouse RAPOO 1680, Silent, 2.4GHz, White</t>
+  </si>
+  <si>
+    <t>RAPOO-14370</t>
+  </si>
+  <si>
+    <t>Hama "MW-400 V2" Optical 6-Button Wireless Mouse, 173026</t>
+  </si>
+  <si>
+    <t>HAMA-173026</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-B100W</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Wired optical mouse LOGITECH M100</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M100</t>
+  </si>
+  <si>
+    <t>MW-300 V2 Optical 3-Button Wireless Mouse, HAMA-173020</t>
+  </si>
+  <si>
+    <t>HAMA-173020</t>
+  </si>
+  <si>
+    <t>Hama MW-300 V2 Optical 3-Button Wireless Mouse, HAMA-173021</t>
+  </si>
+  <si>
+    <t>HAMA-173021</t>
+  </si>
+  <si>
+    <t>Hama "MW-300 V2" Optical 3-Button Wireless Mouse, HAMA-173022</t>
+  </si>
+  <si>
+    <t>HAMA-173022</t>
+  </si>
+  <si>
+    <t>Hama "MW-300 V2" Optical 3-Button Wireless Mouse, HAMA-173023</t>
+  </si>
+  <si>
+    <t>HAMA-173023</t>
+  </si>
+  <si>
+    <t>Hama "MW-300 V2" Optical 3-Button Wireless Mouse, HAMA-173024</t>
+  </si>
+  <si>
+    <t>HAMA-173024</t>
+  </si>
+  <si>
+    <t>Optical 6-Button Wireless Mouse MW-400 V2, HAMA-173029</t>
+  </si>
+  <si>
+    <t>HAMA-173029</t>
+  </si>
+  <si>
+    <t>Wired optical mouse LOGITECH B110 Silent</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-B110</t>
+  </si>
+  <si>
+    <t>Optical 6-Button Wireless Mouse MW-400 V2, HAMA-173028</t>
+  </si>
+  <si>
+    <t>HAMA-173028</t>
+  </si>
+  <si>
+    <t>Wireless optical Mouse RAPOO M100 Silent</t>
+  </si>
+  <si>
+    <t>RAPOO-18184</t>
+  </si>
+  <si>
+    <t>RAPOO-18186</t>
+  </si>
+  <si>
+    <t>Optical 6-Button Wireless Mouse MW-400 V2, HAMA-173027</t>
+  </si>
+  <si>
+    <t>HAMA-173027</t>
+  </si>
+  <si>
+    <t>Optical 6-Button Wireless Mouse MW-400 V2, HAMA-173030</t>
+  </si>
+  <si>
+    <t>HAMA-173030</t>
+  </si>
+  <si>
+    <t>Delock Optical 3-button LED Mouse USB Type-A turquoise</t>
+  </si>
+  <si>
+    <t>DELOCK-12538P</t>
+  </si>
+  <si>
+    <t>Wired mouse CHERRY MC 1000</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JM-0800-2</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JM-0800-0</t>
+  </si>
+  <si>
+    <t>Wireless optical mouse LOGITECH B170</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-B170-BK</t>
   </si>
   <si>
     <t>on route</t>
   </si>
   <si>
-    <t>Wireless optical Mouse RAPOO 1680, Silent, 2.4GHz, White</t>
-[...17 lines deleted...]
-    <t>Wired optical mouse LOGITECH M100</t>
+    <t>RAPOO-18183</t>
+  </si>
+  <si>
+    <t>Wired mouse CHERRY GENTIX, JM-0300-0</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JM-0300-0</t>
+  </si>
+  <si>
+    <t>Wired mouse CHERRY GENTIX</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JM-0300-2</t>
+  </si>
+  <si>
+    <t>Wireless Mouse Logitech M190 Full-Size</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M190-BK</t>
+  </si>
+  <si>
+    <t>Wireless Optical Mouse A4tech FG35 Fstyler, Bronze</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-FG35-BRONZE</t>
+  </si>
+  <si>
+    <t>Wired mouse CHERRY GENTIX Illuminated</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JM-0300</t>
   </si>
   <si>
     <t>LOGITECH-MOUSE-M100-WHITE</t>
   </si>
   <si>
-    <t>LOGITECH-MOUSE-M100</t>
-[...173 lines deleted...]
-    <t>CHERRY-MOUSE-JM-0300</t>
+    <t>Wireless optical mouse LOGITECH M170</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M170-GR</t>
+  </si>
+  <si>
+    <t>Wireless optical mouse LOGITECH M171, Black, USB</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M171-B</t>
   </si>
   <si>
     <t>Wireless optical mouse LOGITECH M171</t>
   </si>
   <si>
+    <t>LOGITECH-MOUSE-M171-BL</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M171-RD</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M171-BG</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M171-WH</t>
+  </si>
+  <si>
+    <t>Wireless optical Mouse RAPOO M660</t>
+  </si>
+  <si>
+    <t>RAPOO-14381</t>
+  </si>
+  <si>
+    <t>Wireless optical Mouse RAPOO M660, 14382</t>
+  </si>
+  <si>
+    <t>RAPOO-14382</t>
+  </si>
+  <si>
+    <t>RAPOO-14383</t>
+  </si>
+  <si>
+    <t>Hama "MW-500 Recharge" Optical Wireless Mouse, 173032</t>
+  </si>
+  <si>
+    <t>HAMA-173032</t>
+  </si>
+  <si>
+    <t>Hama "MW-500 Recharge" Optical Mouse, 173033</t>
+  </si>
+  <si>
+    <t>HAMA-173033</t>
+  </si>
+  <si>
+    <t>Hama "MW-500 Recharge" Optical Mouse, 173034</t>
+  </si>
+  <si>
+    <t>HAMA-173034</t>
+  </si>
+  <si>
+    <t>Hama "MW-500 Recharge" Optical Mouse, 173035</t>
+  </si>
+  <si>
+    <t>HAMA-173035</t>
+  </si>
+  <si>
+    <t>Hama “WM-500” Wireless Mouse, Ergonom., 6 Buttons, W/O Click Noise, Battery, blk</t>
+  </si>
+  <si>
+    <t>HAMA-173081</t>
+  </si>
+  <si>
+    <t>Hama “WM-500” Wireless Mouse, Ergonom., 6 Buttons, No Click Noise, Battery, purple</t>
+  </si>
+  <si>
+    <t>HAMA-173083</t>
+  </si>
+  <si>
+    <t>Wired mouse CHERRY MC 2000, JM-0600-2</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JM-0600-2</t>
+  </si>
+  <si>
+    <t>Wired mouse CHERRY MC 2000</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JM-0600-0</t>
+  </si>
+  <si>
+    <t>Wireless Mouse Logitech M190</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M190-RD</t>
+  </si>
+  <si>
+    <t>Hama "Canosa V2" Bluetooth® Mouse, anthracite</t>
+  </si>
+  <si>
+    <t>HAMA-182643</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M190-BL</t>
+  </si>
+  <si>
+    <t>Wireless optical mouse LOGITECH M185</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M185-SG</t>
+  </si>
+  <si>
+    <t>Wireless mouse A4tech FG10S Fstyler, Baby Pink</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-FB10C-PINK</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M190-MG</t>
+  </si>
+  <si>
     <t>LOGITECH-MOUSE-M171-ROSE</t>
   </si>
   <si>
-    <t>Wireless Mouse Logitech M190</t>
-[...86 lines deleted...]
-    <t>A4-MOUSE-FB10C-PINK</t>
+    <t>Hama Vertical, Ergonomic "EMC-500" cabled mouse, 182698</t>
+  </si>
+  <si>
+    <t>HAMA-182698</t>
   </si>
   <si>
     <t>Wireless optical mouse LOGITECH M185, Blue, USB</t>
   </si>
   <si>
+    <t>LOGITECH-MOUSE-M185-BL</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M185-RD</t>
+  </si>
+  <si>
+    <t>Wireless optical mouse LOGITECH M185, Swift Grey, USB</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M185-SG-UK</t>
+  </si>
+  <si>
+    <t>"Riano" Left-handed Mouse, HAMA-182645</t>
+  </si>
+  <si>
+    <t>HAMA-182645</t>
+  </si>
+  <si>
+    <t>Wireless optical Mouse RAPOO M660, 14380</t>
+  </si>
+  <si>
+    <t>RAPOO-14380</t>
+  </si>
+  <si>
+    <t>Wireless optical Mouse RAPOO M660, 14384</t>
+  </si>
+  <si>
+    <t>RAPOO-14384</t>
+  </si>
+  <si>
+    <t>Wireless optical Mouse RAPOO M660, 14385</t>
+  </si>
+  <si>
+    <t>RAPOO-14385</t>
+  </si>
+  <si>
+    <t>Wireless optical Mouse RAPOO M660, 14379</t>
+  </si>
+  <si>
+    <t>RAPOO-14379</t>
+  </si>
+  <si>
+    <t>Wireless Ergonomic Mouse RAPOO EV250</t>
+  </si>
+  <si>
+    <t>RAPOO-13531</t>
+  </si>
+  <si>
+    <t>Delock Optical 5-button Mouse USB Type-A blue</t>
+  </si>
+  <si>
+    <t>DELOCK-12621P</t>
+  </si>
+  <si>
+    <t>Wireless optical mouse LOGITECH M220 Silent</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M220-B</t>
+  </si>
+  <si>
+    <t>Cable ergonomic mouse CHERRY GENTIX Silent</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JM-0310-2</t>
+  </si>
+  <si>
+    <t>Hama “WM-500” Wireless Mouse, Ergonom., 6 Buttons, W/O Click Noise, Battery, wh</t>
+  </si>
+  <si>
+    <t>HAMA-173082</t>
+  </si>
+  <si>
+    <t>Hama “WM-500” Wireless Mouse, Ergonom., 6 Buttons, W/O Click Noise, Battery, green</t>
+  </si>
+  <si>
+    <t>HAMA-173084</t>
+  </si>
+  <si>
+    <t>Hama “WM-500” Wireless Mouse, Ergonom., 6 Buttons, W/O Click Noise, Battery, pink</t>
+  </si>
+  <si>
+    <t>HAMA-173085</t>
+  </si>
+  <si>
+    <t>Optical Mouse A4tech FB35CS Fstyler, Green</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-FB35CS-GREEN</t>
+  </si>
+  <si>
+    <t>Optical Mouse A4tech FB35CS Fstyler, Grey</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-FB35CS-GREY</t>
+  </si>
+  <si>
+    <t>CHERRY MW 2200 Wireless Mouse, 1300dpi, 2.4Ghz, White</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JW-T2200-0</t>
+  </si>
+  <si>
+    <t>CHERRY MW 2200 Wireless Mouse, 1300dpi, 2.4Ghz, Black</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JW-T2200-2</t>
+  </si>
+  <si>
+    <t>Wireless Optical Mouse CHERRY MW 2400</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JW-0710-2</t>
+  </si>
+  <si>
     <t>LOGITECH-MOUSE-M185-BL-UK</t>
   </si>
   <si>
-    <t>Hama Vertical, Ergonomic "EMC-500" cabled mouse, 182698</t>
-[...143 lines deleted...]
-    <t>LOGITECH-MOUSE-M220-B</t>
+    <t>Wireless optical mouse LOGITECH M330 Silent Plus</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M330-BK</t>
   </si>
   <si>
     <t>A4tech FB26CS Air2 Cafe Latte wireless mouse Dual mode, 2000dpi, Li-Ion battery, Silent</t>
   </si>
   <si>
     <t>A4-MOUSE-FB26CS-CAFE</t>
   </si>
   <si>
     <t>A4tech FB26CS Air2 Smoky Grey wireless mouse Dual mode, 2000dpi, Li-Ion battery, Silent</t>
   </si>
   <si>
     <t>A4-MOUSE-FB26CS-GREY</t>
   </si>
   <si>
     <t>A4tech FB45CS Air'2 Stone grey wireless mouse, Dual mode, up to 2000 dpi, black</t>
   </si>
   <si>
     <t>A4-MOUSE-FB45CS-GREY</t>
   </si>
   <si>
+    <t>Wireless optical mouse LOGITECH M235, USB, 1000dpi, Black</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M235-BK</t>
+  </si>
+  <si>
     <t>Hama Vertical, Ergonomic "EMW-500" Wireless Mouse</t>
   </si>
   <si>
     <t>HAMA-182699</t>
   </si>
   <si>
     <t>Hama Optical 6-button wireless mouse “MW-600"</t>
   </si>
   <si>
     <t>HAMA-182616</t>
   </si>
   <si>
     <t>Hama Vertical, ergonomic EMW-500L" left-handed wireless mouse, 182697</t>
   </si>
   <si>
     <t>HAMA-182697</t>
   </si>
   <si>
-    <t>Wireless optical mouse LOGITECH M330 Silent Plus</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless optical mouse LOGITECH Pebble 2 M350s</t>
   </si>
   <si>
     <t>LOGITECH-MOUSE-M350S-GR</t>
   </si>
   <si>
+    <t>Wireless optical Mouse RAPOO MT350</t>
+  </si>
+  <si>
+    <t>RAPOO-17935</t>
+  </si>
+  <si>
     <t>Wireless optical mouse LOGITECH M280, Black, USB</t>
   </si>
   <si>
     <t>LOGITECH-MOUSE-M280</t>
   </si>
   <si>
-    <t>Wireless optical mouse LOGITECH M235, USB, 1000dpi, Black</t>
-[...2 lines deleted...]
-    <t>LOGITECH-MOUSE-M235-BK</t>
+    <t>Wireless Optical Mouse CHERRY MW 2310 2.0</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JW-T0320</t>
+  </si>
+  <si>
+    <t>Wireless optical Mouse RAPOO MT550</t>
+  </si>
+  <si>
+    <t>RAPOO-17745</t>
+  </si>
+  <si>
+    <t>CHERRY GENTIX BT Mouse</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JW-7500-2</t>
   </si>
   <si>
     <t>USB Receiver LOGITECH Logi Bolt</t>
   </si>
   <si>
     <t>LOGITECH-MOUSE-BOLT-USB</t>
   </si>
   <si>
     <t>Wireless optical mouse LOGITECH M705 Marathon, 1000 dpi</t>
   </si>
   <si>
     <t>LOGITECH-MOUSE-M705-CH</t>
   </si>
   <si>
-    <t>CHERRY GENTIX BT Mouse</t>
-[...2 lines deleted...]
-    <t>CHERRY-MOUSE-JW-7500-2</t>
+    <t>Wireless optical mouse LOGITECH B330 Silent Plus</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-B330-BK</t>
   </si>
   <si>
     <t>Hama “WM-900” Multi-Device Mouse, Ergonom., Radio/Bluetooth®, Battery, RGB, blk</t>
   </si>
   <si>
     <t>HAMA-173097</t>
   </si>
   <si>
+    <t>Wireless optical Mouse RAPOO MT750S, Multi-mode, Bluetooth &amp; 2.4Ghz, Black</t>
+  </si>
+  <si>
+    <t>RAPOO-18670</t>
+  </si>
+  <si>
+    <t>Ergonomic wireless mouse CHERRY MW 4500</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JW-4500</t>
+  </si>
+  <si>
     <t>Wired optical mouse LOGITECH M500, Hyper-fast scrolling, USB</t>
   </si>
   <si>
     <t>LOGITECH-MOUSE-ADV-M500</t>
   </si>
   <si>
-    <t>Hama "EMW-700" Ergonomic Vertical Mouse, Rechargeable, 182691</t>
-[...2 lines deleted...]
-    <t>HAMA-182691</t>
+    <t>Hama "EWM-700R" Ergonomic Vertical Mouse, Multi-Device, Wireless, Battery, anth.</t>
+  </si>
+  <si>
+    <t>HAMA-173095</t>
   </si>
   <si>
     <t>Wireless mouse CHERRY MW 3000</t>
   </si>
   <si>
     <t>CHERRY-MOUSE-JW-T0100</t>
   </si>
   <si>
+    <t>Wireless optical mouse LOGITECH M705 Marathon</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M705</t>
+  </si>
+  <si>
+    <t>CHERRY Stream ergonomic silent mouse Comfort, 6 buttons, 4000dpi, white</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JW-8550-0</t>
+  </si>
+  <si>
+    <t>CHERRY Stream ergonomic silent mouse Comfort, 6 buttons, 4000dpi, black</t>
+  </si>
+  <si>
+    <t>CHERRY-MOUSE-JW-8550-2</t>
+  </si>
+  <si>
     <t>Wireless Mouse Logitech Off-white Signature M650 L LEFT</t>
   </si>
   <si>
     <t>LOGITECH-MOUSE-M650LL-WH</t>
   </si>
   <si>
-    <t>Wireless optical Mouse RAPOO MT750S, Multi-mode, Bluetooth &amp; 2.4Ghz, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Mouse Logitech Signature M650 L - Graphite</t>
   </si>
   <si>
     <t>LOGITECH-MOUSE-M650L-GP</t>
   </si>
   <si>
     <t>Wireless Mouse Logitech Signature M650 L - Rose, USB</t>
   </si>
   <si>
     <t>LOGITECH-MOUSE-M650L-ROSE</t>
   </si>
   <si>
     <t>Wireless Mouse Logitech Signature M650 L</t>
   </si>
   <si>
     <t>LOGITECH-MOUSE-M650L-WH</t>
   </si>
   <si>
-    <t>CHERRY Stream ergonomic silent mouse Comfort, 6 buttons, 4000dpi, white</t>
-[...10 lines deleted...]
-  <si>
     <t>Wireless Mouse Logitech Off-white Signature M650</t>
   </si>
   <si>
     <t>LOGITECH-MOUSE-M650-WH</t>
   </si>
   <si>
     <t>Wireless Mouse Logitech Graphite Signature M650</t>
   </si>
   <si>
     <t>LOGITECH-MOUSE-M650-GP</t>
   </si>
   <si>
     <t>CHERRY MW 9100 Mouse USB, Bluetooth/2.4Ghz</t>
   </si>
   <si>
     <t>CHERRY-MOUSE-JW-9100-2</t>
   </si>
   <si>
     <t>Wireless Mouse Logitech Signature M650 L for Business, White</t>
   </si>
   <si>
     <t>LOGITECH-MOUSE-M650L-WH-B</t>
   </si>
   <si>
-    <t>Wireless optic mouse LOGITECH M720 Triathlon</t>
-[...26 lines deleted...]
-    <t>LOGITECH-MOUSE-LIFT-L-GR</t>
+    <t>Wireless Laser mouse LOGITECH MX Anywhere 3S</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-910-006930</t>
   </si>
   <si>
     <t>Mouse - Apple Magic Mouse (2024) - White Multi-Touch Surface</t>
   </si>
   <si>
     <t>APPLE-MOUSE-MXK53ZM-A</t>
   </si>
   <si>
-    <t>Wireless Laser mouse LOGITECH MX Anywhere 3S</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Laser mouse LOGITECH MX Anywhere 3S Right Handed</t>
   </si>
   <si>
     <t>LOGITE-MOUSE-MX-2S-24-GR</t>
   </si>
   <si>
     <t>Wireless mouse LOGITECH MX Master 2S Right Handed</t>
   </si>
   <si>
     <t>LOGITE-MOUSE-MX-2S-MAS-BK</t>
   </si>
   <si>
     <t>Wireless mouse LOGITECH MX Master 2S Right Handed - Graphite</t>
   </si>
   <si>
     <t>LOGITE-MOUSE-MX-2S-MAS-GR</t>
   </si>
   <si>
+    <t>Wireless optical mouse LOGITECH ERGO M575, Bluetooth, Trackball</t>
+  </si>
+  <si>
+    <t>LOGITECH-M575</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-910-006929</t>
+  </si>
+  <si>
     <t>LOGITECH-MOUSE-910-006931</t>
   </si>
   <si>
     <t>Wireless Laser mouse LOGITECH MX Anywhere 3S for Business - Graphite</t>
   </si>
   <si>
     <t>LOGITECH-MOUSE-910-006958</t>
   </si>
   <si>
     <t>APPLE-MXK63ZM-A</t>
+  </si>
+  <si>
+    <t>LOGITECH MX MASTER 4 Pale Gray wireless mouse</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-MX-4P</t>
+  </si>
+  <si>
+    <t>Laser wireless mouse LOGITECH MX MASTER 4 Graphite</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-MX-4G</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1150,51 +1108,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D225"/>
+  <dimension ref="A1:D236"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1214,3138 +1172,3292 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>7.992</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>8.304</v>
+        <v>8.34</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>8.34</v>
+        <v>8.988</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>8.472</v>
+        <v>9.768</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
         <v>16</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>8.988</v>
+        <v>9.984</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
         <v>18</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8">
+        <v>10.488</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>9.768</v>
+        <v>11.112</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>9.984</v>
+        <v>11.136</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>10.488</v>
+        <v>11.268</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>11.112</v>
+        <v>13.692</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>11.232</v>
+        <v>14.832</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" t="s">
         <v>30</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14">
+        <v>14.916</v>
+      </c>
+      <c r="D14" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>13.692</v>
+        <v>15.6</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>14.148</v>
+        <v>15.6</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C17">
-        <v>14.916</v>
+        <v>15.6</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>15.264</v>
+        <v>15.6</v>
       </c>
       <c r="D18" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
         <v>15.6</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
         <v>15.6</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
         <v>15.6</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
-        <v>15.6</v>
+        <v>16.584</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
-        <v>15.6</v>
+        <v>16.8</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
-        <v>15.6</v>
+        <v>18.0</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" t="s">
         <v>52</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>16.8</v>
+        <v>18.0</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>53</v>
+      </c>
+      <c r="B26" t="s">
         <v>54</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>17.652</v>
+        <v>18.0</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>55</v>
+      </c>
+      <c r="B27" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C27">
         <v>18.0</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>57</v>
+      </c>
+      <c r="B28" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="C28">
         <v>18.0</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>59</v>
+      </c>
+      <c r="B29" t="s">
         <v>60</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>18.0</v>
+        <v>18.048</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B30" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C30">
-        <v>18.048</v>
+        <v>19.176</v>
       </c>
       <c r="D30" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>62</v>
+      </c>
+      <c r="B31" t="s">
+        <v>63</v>
+      </c>
+      <c r="C31">
+        <v>19.968</v>
+      </c>
+      <c r="D31" t="s">
         <v>64</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="B32" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C32">
-        <v>19.176</v>
+        <v>21.6</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>66</v>
+      </c>
+      <c r="B33" t="s">
         <v>67</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>19.308</v>
+        <v>21.66</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>68</v>
+      </c>
+      <c r="B34" t="s">
         <v>69</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>19.62</v>
+        <v>21.66</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>70</v>
+      </c>
+      <c r="B35" t="s">
         <v>71</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>19.632</v>
+        <v>21.732</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>64</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>72</v>
+      </c>
+      <c r="B36" t="s">
         <v>73</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>19.92</v>
+        <v>22.8</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>74</v>
+      </c>
+      <c r="B37" t="s">
         <v>75</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>20.4</v>
+        <v>23.508</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="B38" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C38">
-        <v>20.4</v>
+        <v>24.108</v>
       </c>
       <c r="D38" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B39" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C39">
-        <v>21.6</v>
+        <v>24.996</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>79</v>
       </c>
       <c r="B40" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C40">
-        <v>21.6</v>
+        <v>25.2</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>64</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B41" t="s">
         <v>82</v>
       </c>
       <c r="C41">
-        <v>21.6</v>
+        <v>25.2</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B42" t="s">
         <v>83</v>
       </c>
       <c r="C42">
-        <v>21.6</v>
+        <v>25.2</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>81</v>
+      </c>
+      <c r="B43" t="s">
         <v>84</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>21.66</v>
+        <v>25.2</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="B44" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C44">
-        <v>21.66</v>
+        <v>25.2</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B45" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C45">
-        <v>22.692</v>
+        <v>25.2</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B46" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C46">
-        <v>22.8</v>
+        <v>25.2</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="B47" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C47">
-        <v>22.8</v>
+        <v>25.2</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="B48" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="C48">
-        <v>22.8</v>
+        <v>25.5</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B49" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C49">
-        <v>22.8</v>
+        <v>25.5</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B50" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="C50">
-        <v>23.508</v>
+        <v>25.5</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B51" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="C51">
-        <v>23.964</v>
+        <v>25.5</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B52" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C52">
-        <v>24.984</v>
+        <v>25.5</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B53" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C53">
-        <v>24.996</v>
+        <v>25.5</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="B54" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C54">
-        <v>25.2</v>
+        <v>25.74</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="B55" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C55">
-        <v>25.2</v>
+        <v>25.74</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="B56" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C56">
-        <v>25.2</v>
+        <v>25.884</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="B57" t="s">
         <v>110</v>
       </c>
       <c r="C57">
-        <v>25.2</v>
+        <v>26.004</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="B58" t="s">
         <v>111</v>
       </c>
       <c r="C58">
-        <v>25.2</v>
+        <v>26.352</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="B59" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C59">
-        <v>25.212</v>
+        <v>27.0</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>64</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B60" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C60">
-        <v>25.5</v>
+        <v>27.0</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>115</v>
+        <v>70</v>
       </c>
       <c r="B61" t="s">
         <v>116</v>
       </c>
       <c r="C61">
-        <v>25.5</v>
+        <v>27.48</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>64</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>81</v>
+      </c>
+      <c r="B62" t="s">
         <v>117</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>25.5</v>
+        <v>27.792</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>118</v>
+      </c>
+      <c r="B63" t="s">
         <v>119</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>25.5</v>
+        <v>28.92</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>120</v>
+      </c>
+      <c r="B64" t="s">
         <v>121</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>25.74</v>
+        <v>28.992</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>123</v>
+        <v>112</v>
       </c>
       <c r="B65" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C65">
-        <v>25.74</v>
+        <v>28.992</v>
       </c>
       <c r="D65" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>71</v>
+        <v>123</v>
       </c>
       <c r="B66" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C66">
-        <v>25.812</v>
+        <v>28.992</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>125</v>
+      </c>
+      <c r="B67" t="s">
         <v>126</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>26.004</v>
+        <v>29.736</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>127</v>
+      </c>
+      <c r="B68" t="s">
         <v>128</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>27.0</v>
+        <v>29.76</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>129</v>
+      </c>
+      <c r="B69" t="s">
         <v>130</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>27.0</v>
+        <v>29.76</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>131</v>
+      </c>
+      <c r="B70" t="s">
         <v>132</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>27.324</v>
+        <v>29.76</v>
       </c>
       <c r="D70" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>133</v>
+      </c>
+      <c r="B71" t="s">
         <v>134</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>28.704</v>
+        <v>29.88</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B72" t="s">
         <v>136</v>
       </c>
       <c r="C72">
-        <v>28.992</v>
+        <v>29.952</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>128</v>
+        <v>137</v>
       </c>
       <c r="B73" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C73">
-        <v>28.992</v>
+        <v>30.0</v>
       </c>
       <c r="D73" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B74" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C74">
-        <v>28.992</v>
+        <v>31.2</v>
       </c>
       <c r="D74" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B75" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C75">
-        <v>29.484</v>
+        <v>31.956</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B76" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C76">
-        <v>29.76</v>
+        <v>32.184</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B77" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C77">
-        <v>29.76</v>
+        <v>32.184</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B78" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C78">
-        <v>29.76</v>
+        <v>32.184</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B79" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C79">
-        <v>29.76</v>
+        <v>32.4</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B80" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C80">
-        <v>29.76</v>
+        <v>32.4</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B81" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C81">
-        <v>29.76</v>
+        <v>32.496</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B82" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C82">
-        <v>29.88</v>
+        <v>32.496</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B83" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C83">
-        <v>29.952</v>
+        <v>32.892</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>157</v>
+        <v>120</v>
       </c>
       <c r="B84" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C84">
-        <v>30.0</v>
+        <v>33.3</v>
       </c>
       <c r="D84" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B85" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C85">
-        <v>30.0</v>
+        <v>35.568</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B86" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C86">
-        <v>31.404</v>
+        <v>38.4</v>
       </c>
       <c r="D86" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B87" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C87">
-        <v>31.956</v>
+        <v>38.4</v>
       </c>
       <c r="D87" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B88" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C88">
-        <v>32.184</v>
+        <v>38.4</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B89" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C89">
-        <v>32.184</v>
+        <v>38.592</v>
       </c>
       <c r="D89" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B90" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C90">
-        <v>32.184</v>
+        <v>39.0</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B91" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C91">
-        <v>32.4</v>
+        <v>39.0</v>
       </c>
       <c r="D91" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B92" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C92">
-        <v>32.4</v>
+        <v>39.972</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B93" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C93">
-        <v>32.496</v>
+        <v>45.432</v>
       </c>
       <c r="D93" t="s">
-        <v>6</v>
+        <v>64</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B94" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C94">
-        <v>32.496</v>
+        <v>46.848</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B95" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C95">
-        <v>32.892</v>
+        <v>49.488</v>
       </c>
       <c r="D95" t="s">
-        <v>11</v>
+        <v>64</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B96" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C96">
-        <v>32.916</v>
+        <v>50.556</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B97" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C97">
-        <v>38.4</v>
+        <v>51.0</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B98" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C98">
-        <v>38.4</v>
+        <v>52.8</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B99" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C99">
-        <v>38.4</v>
+        <v>54.984</v>
       </c>
       <c r="D99" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B100" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C100">
-        <v>39.0</v>
+        <v>55.488</v>
       </c>
       <c r="D100" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B101" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C101">
-        <v>39.0</v>
+        <v>60.144</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="B102" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C102">
-        <v>8.472</v>
+        <v>6.588</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="B103" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C103">
-        <v>8.988</v>
+        <v>7.992</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="B104" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="C104">
-        <v>9.768</v>
+        <v>8.34</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="B105" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C105">
-        <v>11.112</v>
+        <v>8.988</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="B106" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="C106">
-        <v>11.232</v>
+        <v>9.768</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="B107" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="C107">
-        <v>13.692</v>
+        <v>9.984</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="B108" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C108">
-        <v>14.148</v>
+        <v>10.488</v>
       </c>
       <c r="D108" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="B109" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="C109">
-        <v>15.6</v>
+        <v>11.112</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="B110" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="C110">
-        <v>15.6</v>
+        <v>11.268</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="B111" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="C111">
-        <v>15.6</v>
+        <v>13.692</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="B112" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="C112">
-        <v>15.6</v>
+        <v>14.832</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="B113" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="C113">
         <v>15.6</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="B114" t="s">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="C114">
-        <v>16.8</v>
+        <v>15.6</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="B115" t="s">
-        <v>55</v>
+        <v>39</v>
       </c>
       <c r="C115">
-        <v>17.652</v>
+        <v>15.6</v>
       </c>
       <c r="D115" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="B116" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="C116">
-        <v>18.0</v>
+        <v>15.6</v>
       </c>
       <c r="D116" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="B117" t="s">
-        <v>59</v>
+        <v>43</v>
       </c>
       <c r="C117">
-        <v>18.0</v>
+        <v>15.6</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>60</v>
+        <v>44</v>
       </c>
       <c r="B118" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="C118">
-        <v>18.0</v>
+        <v>15.6</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="B119" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="C119">
-        <v>18.84</v>
+        <v>16.584</v>
       </c>
       <c r="D119" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="B120" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="C120">
-        <v>19.308</v>
+        <v>16.8</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>69</v>
+        <v>50</v>
       </c>
       <c r="B121" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="C121">
-        <v>19.62</v>
+        <v>18.0</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="B122" t="s">
-        <v>72</v>
+        <v>52</v>
       </c>
       <c r="C122">
-        <v>19.632</v>
+        <v>18.0</v>
       </c>
       <c r="D122" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="B123" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="C123">
-        <v>20.4</v>
+        <v>18.0</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>77</v>
+        <v>55</v>
       </c>
       <c r="B124" t="s">
-        <v>78</v>
+        <v>56</v>
       </c>
       <c r="C124">
-        <v>20.4</v>
+        <v>18.0</v>
       </c>
       <c r="D124" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>79</v>
+        <v>57</v>
       </c>
       <c r="B125" t="s">
-        <v>83</v>
+        <v>58</v>
       </c>
       <c r="C125">
-        <v>21.6</v>
+        <v>18.0</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>88</v>
+        <v>62</v>
       </c>
       <c r="B126" t="s">
-        <v>89</v>
+        <v>63</v>
       </c>
       <c r="C126">
-        <v>22.692</v>
+        <v>19.968</v>
       </c>
       <c r="D126" t="s">
-        <v>6</v>
+        <v>64</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="B127" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="C127">
-        <v>22.8</v>
+        <v>21.6</v>
       </c>
       <c r="D127" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="B128" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="C128">
-        <v>22.8</v>
+        <v>21.732</v>
       </c>
       <c r="D128" t="s">
-        <v>6</v>
+        <v>64</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>94</v>
+        <v>72</v>
       </c>
       <c r="B129" t="s">
-        <v>95</v>
+        <v>73</v>
       </c>
       <c r="C129">
         <v>22.8</v>
       </c>
       <c r="D129" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>96</v>
+        <v>32</v>
       </c>
       <c r="B130" t="s">
-        <v>97</v>
+        <v>76</v>
       </c>
       <c r="C130">
-        <v>22.8</v>
+        <v>24.108</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>100</v>
+        <v>81</v>
       </c>
       <c r="B131" t="s">
-        <v>101</v>
+        <v>84</v>
       </c>
       <c r="C131">
-        <v>23.964</v>
+        <v>25.2</v>
       </c>
       <c r="D131" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>102</v>
+        <v>81</v>
       </c>
       <c r="B132" t="s">
-        <v>103</v>
+        <v>85</v>
       </c>
       <c r="C132">
-        <v>24.984</v>
+        <v>25.2</v>
       </c>
       <c r="D132" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="B133" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="C133">
         <v>25.2</v>
       </c>
       <c r="D133" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>100</v>
+        <v>88</v>
       </c>
       <c r="B134" t="s">
-        <v>111</v>
+        <v>89</v>
       </c>
       <c r="C134">
         <v>25.2</v>
       </c>
       <c r="D134" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>102</v>
+        <v>86</v>
       </c>
       <c r="B135" t="s">
-        <v>112</v>
+        <v>90</v>
       </c>
       <c r="C135">
-        <v>25.212</v>
+        <v>25.2</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
       <c r="B136" t="s">
-        <v>114</v>
+        <v>92</v>
       </c>
       <c r="C136">
         <v>25.5</v>
       </c>
       <c r="D136" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>115</v>
+        <v>93</v>
       </c>
       <c r="B137" t="s">
-        <v>116</v>
+        <v>94</v>
       </c>
       <c r="C137">
         <v>25.5</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>117</v>
+        <v>95</v>
       </c>
       <c r="B138" t="s">
-        <v>118</v>
+        <v>96</v>
       </c>
       <c r="C138">
         <v>25.5</v>
       </c>
       <c r="D138" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>119</v>
+        <v>97</v>
       </c>
       <c r="B139" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="C139">
         <v>25.5</v>
       </c>
       <c r="D139" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="B140" t="s">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="C140">
-        <v>25.74</v>
+        <v>25.5</v>
       </c>
       <c r="D140" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="B141" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="C141">
-        <v>25.74</v>
+        <v>25.5</v>
       </c>
       <c r="D141" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>71</v>
+        <v>103</v>
       </c>
       <c r="B142" t="s">
-        <v>125</v>
+        <v>104</v>
       </c>
       <c r="C142">
-        <v>25.812</v>
+        <v>25.74</v>
       </c>
       <c r="D142" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>126</v>
+        <v>105</v>
       </c>
       <c r="B143" t="s">
-        <v>127</v>
+        <v>106</v>
       </c>
       <c r="C143">
-        <v>26.004</v>
+        <v>25.74</v>
       </c>
       <c r="D143" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>130</v>
+        <v>107</v>
       </c>
       <c r="B144" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="C144">
-        <v>27.0</v>
+        <v>25.884</v>
       </c>
       <c r="D144" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>132</v>
+        <v>109</v>
       </c>
       <c r="B145" t="s">
-        <v>133</v>
+        <v>110</v>
       </c>
       <c r="C145">
-        <v>27.324</v>
+        <v>26.004</v>
       </c>
       <c r="D145" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>138</v>
+        <v>107</v>
       </c>
       <c r="B146" t="s">
-        <v>139</v>
+        <v>111</v>
       </c>
       <c r="C146">
-        <v>28.992</v>
+        <v>26.352</v>
       </c>
       <c r="D146" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>142</v>
+        <v>114</v>
       </c>
       <c r="B147" t="s">
-        <v>143</v>
+        <v>115</v>
       </c>
       <c r="C147">
-        <v>29.76</v>
+        <v>27.0</v>
       </c>
       <c r="D147" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>144</v>
+        <v>70</v>
       </c>
       <c r="B148" t="s">
-        <v>145</v>
+        <v>116</v>
       </c>
       <c r="C148">
-        <v>29.76</v>
+        <v>27.48</v>
       </c>
       <c r="D148" t="s">
-        <v>6</v>
+        <v>64</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>146</v>
+        <v>81</v>
       </c>
       <c r="B149" t="s">
-        <v>147</v>
+        <v>117</v>
       </c>
       <c r="C149">
-        <v>29.76</v>
+        <v>27.792</v>
       </c>
       <c r="D149" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>144</v>
+        <v>118</v>
       </c>
       <c r="B150" t="s">
-        <v>148</v>
+        <v>119</v>
       </c>
       <c r="C150">
-        <v>29.76</v>
+        <v>28.92</v>
       </c>
       <c r="D150" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>149</v>
+        <v>123</v>
       </c>
       <c r="B151" t="s">
-        <v>150</v>
+        <v>124</v>
       </c>
       <c r="C151">
-        <v>29.76</v>
+        <v>28.992</v>
       </c>
       <c r="D151" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>151</v>
+        <v>125</v>
       </c>
       <c r="B152" t="s">
-        <v>152</v>
+        <v>126</v>
       </c>
       <c r="C152">
-        <v>29.76</v>
+        <v>29.736</v>
       </c>
       <c r="D152" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>153</v>
+        <v>127</v>
       </c>
       <c r="B153" t="s">
-        <v>154</v>
+        <v>128</v>
       </c>
       <c r="C153">
-        <v>29.88</v>
+        <v>29.76</v>
       </c>
       <c r="D153" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>155</v>
+        <v>129</v>
       </c>
       <c r="B154" t="s">
-        <v>156</v>
+        <v>130</v>
       </c>
       <c r="C154">
-        <v>29.952</v>
+        <v>29.76</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>157</v>
+        <v>131</v>
       </c>
       <c r="B155" t="s">
-        <v>158</v>
+        <v>132</v>
       </c>
       <c r="C155">
-        <v>30.0</v>
+        <v>29.76</v>
       </c>
       <c r="D155" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>159</v>
+        <v>133</v>
       </c>
       <c r="B156" t="s">
-        <v>160</v>
+        <v>134</v>
       </c>
       <c r="C156">
-        <v>30.0</v>
+        <v>29.88</v>
       </c>
       <c r="D156" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>161</v>
+        <v>135</v>
       </c>
       <c r="B157" t="s">
-        <v>162</v>
+        <v>136</v>
       </c>
       <c r="C157">
-        <v>31.404</v>
+        <v>29.952</v>
       </c>
       <c r="D157" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>165</v>
+        <v>137</v>
       </c>
       <c r="B158" t="s">
-        <v>166</v>
+        <v>138</v>
       </c>
       <c r="C158">
-        <v>32.184</v>
+        <v>30.0</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>167</v>
+        <v>141</v>
       </c>
       <c r="B159" t="s">
-        <v>168</v>
+        <v>142</v>
       </c>
       <c r="C159">
-        <v>32.184</v>
+        <v>31.956</v>
       </c>
       <c r="D159" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>169</v>
+        <v>143</v>
       </c>
       <c r="B160" t="s">
-        <v>170</v>
+        <v>144</v>
       </c>
       <c r="C160">
         <v>32.184</v>
       </c>
       <c r="D160" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>171</v>
+        <v>145</v>
       </c>
       <c r="B161" t="s">
-        <v>172</v>
+        <v>146</v>
       </c>
       <c r="C161">
-        <v>32.4</v>
+        <v>32.184</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="B162" t="s">
-        <v>174</v>
+        <v>148</v>
       </c>
       <c r="C162">
-        <v>32.4</v>
+        <v>32.184</v>
       </c>
       <c r="D162" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>175</v>
+        <v>149</v>
       </c>
       <c r="B163" t="s">
-        <v>176</v>
+        <v>150</v>
       </c>
       <c r="C163">
-        <v>32.496</v>
+        <v>32.4</v>
       </c>
       <c r="D163" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>177</v>
+        <v>151</v>
       </c>
       <c r="B164" t="s">
-        <v>178</v>
+        <v>152</v>
       </c>
       <c r="C164">
-        <v>32.496</v>
+        <v>32.4</v>
       </c>
       <c r="D164" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>183</v>
+        <v>153</v>
       </c>
       <c r="B165" t="s">
-        <v>184</v>
+        <v>154</v>
       </c>
       <c r="C165">
-        <v>38.4</v>
+        <v>32.496</v>
       </c>
       <c r="D165" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>185</v>
+        <v>155</v>
       </c>
       <c r="B166" t="s">
-        <v>186</v>
+        <v>156</v>
       </c>
       <c r="C166">
-        <v>38.4</v>
+        <v>32.496</v>
       </c>
       <c r="D166" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>187</v>
+        <v>157</v>
       </c>
       <c r="B167" t="s">
-        <v>188</v>
+        <v>158</v>
       </c>
       <c r="C167">
-        <v>38.4</v>
+        <v>32.892</v>
       </c>
       <c r="D167" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>193</v>
+        <v>120</v>
       </c>
       <c r="B168" t="s">
-        <v>194</v>
+        <v>159</v>
       </c>
       <c r="C168">
-        <v>39.972</v>
+        <v>33.3</v>
       </c>
       <c r="D168" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>195</v>
+        <v>160</v>
       </c>
       <c r="B169" t="s">
-        <v>196</v>
+        <v>161</v>
       </c>
       <c r="C169">
-        <v>40.068</v>
+        <v>35.568</v>
       </c>
       <c r="D169" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>197</v>
+        <v>162</v>
       </c>
       <c r="B170" t="s">
-        <v>198</v>
+        <v>163</v>
       </c>
       <c r="C170">
-        <v>45.432</v>
+        <v>38.4</v>
       </c>
       <c r="D170" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>199</v>
+        <v>164</v>
       </c>
       <c r="B171" t="s">
-        <v>200</v>
+        <v>165</v>
       </c>
       <c r="C171">
-        <v>49.488</v>
+        <v>38.4</v>
       </c>
       <c r="D171" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>201</v>
+        <v>166</v>
       </c>
       <c r="B172" t="s">
-        <v>202</v>
+        <v>167</v>
       </c>
       <c r="C172">
-        <v>52.008</v>
+        <v>38.4</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>203</v>
+        <v>168</v>
       </c>
       <c r="B173" t="s">
-        <v>204</v>
+        <v>169</v>
       </c>
       <c r="C173">
-        <v>54.984</v>
+        <v>38.592</v>
       </c>
       <c r="D173" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>205</v>
+        <v>170</v>
       </c>
       <c r="B174" t="s">
-        <v>206</v>
+        <v>171</v>
       </c>
       <c r="C174">
-        <v>57.396</v>
+        <v>39.0</v>
       </c>
       <c r="D174" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>207</v>
+        <v>172</v>
       </c>
       <c r="B175" t="s">
-        <v>208</v>
+        <v>173</v>
       </c>
       <c r="C175">
-        <v>59.292</v>
+        <v>39.0</v>
       </c>
       <c r="D175" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>209</v>
+        <v>174</v>
       </c>
       <c r="B176" t="s">
-        <v>210</v>
+        <v>175</v>
       </c>
       <c r="C176">
-        <v>64.992</v>
+        <v>39.972</v>
       </c>
       <c r="D176" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>211</v>
+        <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>212</v>
+        <v>177</v>
       </c>
       <c r="C177">
-        <v>69.6</v>
+        <v>45.432</v>
       </c>
       <c r="D177" t="s">
-        <v>6</v>
+        <v>64</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>213</v>
+        <v>178</v>
       </c>
       <c r="B178" t="s">
-        <v>214</v>
+        <v>179</v>
       </c>
       <c r="C178">
-        <v>72.012</v>
+        <v>46.848</v>
       </c>
       <c r="D178" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>215</v>
+        <v>180</v>
       </c>
       <c r="B179" t="s">
-        <v>216</v>
+        <v>181</v>
       </c>
       <c r="C179">
-        <v>72.504</v>
+        <v>49.488</v>
       </c>
       <c r="D179" t="s">
-        <v>11</v>
+        <v>64</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>217</v>
+        <v>182</v>
       </c>
       <c r="B180" t="s">
-        <v>218</v>
+        <v>183</v>
       </c>
       <c r="C180">
-        <v>84.612</v>
+        <v>50.556</v>
       </c>
       <c r="D180" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>219</v>
+        <v>184</v>
       </c>
       <c r="B181" t="s">
-        <v>220</v>
+        <v>185</v>
       </c>
       <c r="C181">
-        <v>84.996</v>
+        <v>51.0</v>
       </c>
       <c r="D181" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>221</v>
+        <v>186</v>
       </c>
       <c r="B182" t="s">
-        <v>222</v>
+        <v>187</v>
       </c>
       <c r="C182">
-        <v>84.996</v>
+        <v>52.8</v>
       </c>
       <c r="D182" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>223</v>
+        <v>188</v>
       </c>
       <c r="B183" t="s">
-        <v>224</v>
+        <v>189</v>
       </c>
       <c r="C183">
-        <v>84.996</v>
+        <v>54.984</v>
       </c>
       <c r="D183" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>225</v>
+        <v>190</v>
       </c>
       <c r="B184" t="s">
-        <v>226</v>
+        <v>191</v>
       </c>
       <c r="C184">
-        <v>84.996</v>
+        <v>55.488</v>
       </c>
       <c r="D184" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>227</v>
+        <v>194</v>
       </c>
       <c r="B185" t="s">
-        <v>228</v>
+        <v>195</v>
       </c>
       <c r="C185">
-        <v>90.264</v>
+        <v>64.992</v>
       </c>
       <c r="D185" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>229</v>
+        <v>196</v>
       </c>
       <c r="B186" t="s">
-        <v>230</v>
+        <v>197</v>
       </c>
       <c r="C186">
-        <v>90.264</v>
+        <v>67.2</v>
       </c>
       <c r="D186" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>231</v>
+        <v>198</v>
       </c>
       <c r="B187" t="s">
-        <v>232</v>
+        <v>199</v>
       </c>
       <c r="C187">
-        <v>93.324</v>
+        <v>68.604</v>
       </c>
       <c r="D187" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>233</v>
+        <v>200</v>
       </c>
       <c r="B188" t="s">
-        <v>234</v>
+        <v>201</v>
       </c>
       <c r="C188">
-        <v>96.0</v>
+        <v>69.6</v>
       </c>
       <c r="D188" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>235</v>
+        <v>202</v>
       </c>
       <c r="B189" t="s">
-        <v>236</v>
+        <v>203</v>
       </c>
       <c r="C189">
-        <v>103.812</v>
+        <v>69.888</v>
       </c>
       <c r="D189" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>237</v>
+        <v>204</v>
       </c>
       <c r="B190" t="s">
-        <v>238</v>
+        <v>205</v>
       </c>
       <c r="C190">
-        <v>106.536</v>
+        <v>72.504</v>
       </c>
       <c r="D190" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>239</v>
+        <v>206</v>
       </c>
       <c r="B191" t="s">
-        <v>240</v>
+        <v>207</v>
       </c>
       <c r="C191">
-        <v>106.824</v>
+        <v>74.1</v>
       </c>
       <c r="D191" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>241</v>
+        <v>208</v>
       </c>
       <c r="B192" t="s">
-        <v>242</v>
+        <v>209</v>
       </c>
       <c r="C192">
-        <v>120.888</v>
+        <v>75.6</v>
       </c>
       <c r="D192" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>243</v>
+        <v>210</v>
       </c>
       <c r="B193" t="s">
-        <v>244</v>
+        <v>211</v>
       </c>
       <c r="C193">
-        <v>128.256</v>
+        <v>75.6</v>
       </c>
       <c r="D193" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>245</v>
+        <v>212</v>
       </c>
       <c r="B194" t="s">
-        <v>246</v>
+        <v>213</v>
       </c>
       <c r="C194">
-        <v>148.992</v>
+        <v>84.612</v>
       </c>
       <c r="D194" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>247</v>
+        <v>214</v>
       </c>
       <c r="B195" t="s">
-        <v>248</v>
+        <v>215</v>
       </c>
       <c r="C195">
-        <v>148.992</v>
+        <v>84.996</v>
       </c>
       <c r="D195" t="s">
-        <v>6</v>
+        <v>64</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>249</v>
+        <v>216</v>
       </c>
       <c r="B196" t="s">
-        <v>250</v>
+        <v>217</v>
       </c>
       <c r="C196">
-        <v>162.0</v>
+        <v>84.996</v>
       </c>
       <c r="D196" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>251</v>
+        <v>218</v>
       </c>
       <c r="B197" t="s">
-        <v>252</v>
+        <v>219</v>
       </c>
       <c r="C197">
-        <v>164.688</v>
+        <v>84.996</v>
       </c>
       <c r="D197" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>253</v>
+        <v>220</v>
       </c>
       <c r="B198" t="s">
-        <v>254</v>
+        <v>221</v>
       </c>
       <c r="C198">
-        <v>168.996</v>
+        <v>93.324</v>
       </c>
       <c r="D198" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>255</v>
+        <v>222</v>
       </c>
       <c r="B199" t="s">
-        <v>256</v>
+        <v>223</v>
       </c>
       <c r="C199">
-        <v>168.996</v>
+        <v>96.0</v>
       </c>
       <c r="D199" t="s">
-        <v>37</v>
+        <v>64</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>257</v>
+        <v>224</v>
       </c>
       <c r="B200" t="s">
-        <v>258</v>
+        <v>225</v>
       </c>
       <c r="C200">
-        <v>168.996</v>
+        <v>103.812</v>
       </c>
       <c r="D200" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>251</v>
+        <v>226</v>
       </c>
       <c r="B201" t="s">
-        <v>259</v>
+        <v>227</v>
       </c>
       <c r="C201">
-        <v>182.196</v>
+        <v>106.536</v>
       </c>
       <c r="D201" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="B202" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="C202">
         <v>9.768</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="B203" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C203">
         <v>11.112</v>
       </c>
       <c r="D203" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>88</v>
+        <v>26</v>
       </c>
       <c r="B204" t="s">
-        <v>89</v>
+        <v>27</v>
       </c>
       <c r="C204">
-        <v>22.692</v>
+        <v>13.692</v>
       </c>
       <c r="D204" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>119</v>
+        <v>57</v>
       </c>
       <c r="B205" t="s">
-        <v>120</v>
+        <v>58</v>
       </c>
       <c r="C205">
-        <v>25.5</v>
+        <v>18.0</v>
       </c>
       <c r="D205" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>161</v>
+        <v>97</v>
       </c>
       <c r="B206" t="s">
-        <v>162</v>
+        <v>98</v>
       </c>
       <c r="C206">
-        <v>31.404</v>
+        <v>25.5</v>
       </c>
       <c r="D206" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>165</v>
+        <v>99</v>
       </c>
       <c r="B207" t="s">
-        <v>166</v>
+        <v>100</v>
       </c>
       <c r="C207">
-        <v>32.184</v>
+        <v>25.5</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>167</v>
+        <v>101</v>
       </c>
       <c r="B208" t="s">
-        <v>168</v>
+        <v>102</v>
       </c>
       <c r="C208">
-        <v>32.184</v>
+        <v>25.5</v>
       </c>
       <c r="D208" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>169</v>
+        <v>137</v>
       </c>
       <c r="B209" t="s">
-        <v>170</v>
+        <v>138</v>
       </c>
       <c r="C209">
-        <v>32.184</v>
+        <v>30.0</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>175</v>
+        <v>143</v>
       </c>
       <c r="B210" t="s">
-        <v>176</v>
+        <v>144</v>
       </c>
       <c r="C210">
-        <v>32.496</v>
+        <v>32.184</v>
       </c>
       <c r="D210" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>177</v>
+        <v>145</v>
       </c>
       <c r="B211" t="s">
-        <v>178</v>
+        <v>146</v>
       </c>
       <c r="C211">
-        <v>32.496</v>
+        <v>32.184</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>183</v>
+        <v>147</v>
       </c>
       <c r="B212" t="s">
-        <v>184</v>
+        <v>148</v>
       </c>
       <c r="C212">
-        <v>38.4</v>
+        <v>32.184</v>
       </c>
       <c r="D212" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>185</v>
+        <v>153</v>
       </c>
       <c r="B213" t="s">
-        <v>186</v>
+        <v>154</v>
       </c>
       <c r="C213">
-        <v>38.4</v>
+        <v>32.496</v>
       </c>
       <c r="D213" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>187</v>
+        <v>155</v>
       </c>
       <c r="B214" t="s">
-        <v>188</v>
+        <v>156</v>
       </c>
       <c r="C214">
-        <v>38.4</v>
+        <v>32.496</v>
       </c>
       <c r="D214" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>197</v>
+        <v>162</v>
       </c>
       <c r="B215" t="s">
-        <v>198</v>
+        <v>163</v>
       </c>
       <c r="C215">
-        <v>45.432</v>
+        <v>38.4</v>
       </c>
       <c r="D215" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>209</v>
+        <v>164</v>
       </c>
       <c r="B216" t="s">
-        <v>210</v>
+        <v>165</v>
       </c>
       <c r="C216">
-        <v>64.992</v>
+        <v>38.4</v>
       </c>
       <c r="D216" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>227</v>
+        <v>166</v>
       </c>
       <c r="B217" t="s">
-        <v>228</v>
+        <v>167</v>
       </c>
       <c r="C217">
-        <v>90.264</v>
+        <v>38.4</v>
       </c>
       <c r="D217" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>229</v>
+        <v>176</v>
       </c>
       <c r="B218" t="s">
-        <v>230</v>
+        <v>177</v>
       </c>
       <c r="C218">
-        <v>90.264</v>
+        <v>45.432</v>
       </c>
       <c r="D218" t="s">
-        <v>6</v>
+        <v>64</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>249</v>
+        <v>188</v>
       </c>
       <c r="B219" t="s">
-        <v>250</v>
+        <v>189</v>
       </c>
       <c r="C219">
-        <v>162.0</v>
+        <v>54.984</v>
       </c>
       <c r="D219" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>253</v>
+        <v>194</v>
       </c>
       <c r="B220" t="s">
-        <v>254</v>
+        <v>195</v>
       </c>
       <c r="C220">
-        <v>168.996</v>
+        <v>64.992</v>
       </c>
       <c r="D220" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>255</v>
+        <v>202</v>
       </c>
       <c r="B221" t="s">
-        <v>256</v>
+        <v>203</v>
       </c>
       <c r="C221">
-        <v>168.996</v>
+        <v>69.888</v>
       </c>
       <c r="D221" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>257</v>
+        <v>208</v>
       </c>
       <c r="B222" t="s">
-        <v>258</v>
+        <v>209</v>
       </c>
       <c r="C222">
-        <v>168.996</v>
+        <v>75.6</v>
       </c>
       <c r="D222" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>260</v>
+        <v>210</v>
       </c>
       <c r="B223" t="s">
-        <v>261</v>
+        <v>211</v>
       </c>
       <c r="C223">
-        <v>226.8</v>
+        <v>75.6</v>
       </c>
       <c r="D223" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>249</v>
+        <v>228</v>
       </c>
       <c r="B224" t="s">
-        <v>262</v>
+        <v>229</v>
       </c>
       <c r="C224">
+        <v>140.028</v>
+      </c>
+      <c r="D224" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4">
+      <c r="A225" t="s">
+        <v>230</v>
+      </c>
+      <c r="B225" t="s">
+        <v>231</v>
+      </c>
+      <c r="C225">
+        <v>162.0</v>
+      </c>
+      <c r="D225" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4">
+      <c r="A226" t="s">
+        <v>232</v>
+      </c>
+      <c r="B226" t="s">
+        <v>233</v>
+      </c>
+      <c r="C226">
+        <v>168.996</v>
+      </c>
+      <c r="D226" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4">
+      <c r="A227" t="s">
+        <v>234</v>
+      </c>
+      <c r="B227" t="s">
+        <v>235</v>
+      </c>
+      <c r="C227">
+        <v>168.996</v>
+      </c>
+      <c r="D227" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4">
+      <c r="A228" t="s">
+        <v>236</v>
+      </c>
+      <c r="B228" t="s">
+        <v>237</v>
+      </c>
+      <c r="C228">
+        <v>168.996</v>
+      </c>
+      <c r="D228" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4">
+      <c r="A229" t="s">
+        <v>238</v>
+      </c>
+      <c r="B229" t="s">
+        <v>239</v>
+      </c>
+      <c r="C229">
+        <v>174.0</v>
+      </c>
+      <c r="D229" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4">
+      <c r="A230" t="s">
+        <v>228</v>
+      </c>
+      <c r="B230" t="s">
+        <v>240</v>
+      </c>
+      <c r="C230">
+        <v>174.504</v>
+      </c>
+      <c r="D230" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4">
+      <c r="A231" t="s">
+        <v>228</v>
+      </c>
+      <c r="B231" t="s">
+        <v>241</v>
+      </c>
+      <c r="C231">
+        <v>182.196</v>
+      </c>
+      <c r="D231" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4">
+      <c r="A232" t="s">
+        <v>242</v>
+      </c>
+      <c r="B232" t="s">
+        <v>243</v>
+      </c>
+      <c r="C232">
         <v>226.8</v>
       </c>
-      <c r="D224" t="s">
-        <v>11</v>
+      <c r="D232" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4">
+      <c r="A233" t="s">
+        <v>230</v>
+      </c>
+      <c r="B233" t="s">
+        <v>244</v>
+      </c>
+      <c r="C233">
+        <v>226.8</v>
+      </c>
+      <c r="D233" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4">
+      <c r="A234" t="s">
+        <v>245</v>
+      </c>
+      <c r="B234" t="s">
+        <v>246</v>
+      </c>
+      <c r="C234">
+        <v>287.508</v>
+      </c>
+      <c r="D234" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4">
+      <c r="A235" t="s">
+        <v>247</v>
+      </c>
+      <c r="B235" t="s">
+        <v>248</v>
+      </c>
+      <c r="C235">
+        <v>287.508</v>
+      </c>
+      <c r="D235" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D225"/>
+  <autoFilter ref="A1:D236"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>