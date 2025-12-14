--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -7,200 +7,200 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$52</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$48</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>1.8M USB KVM Cable with 3 in 1 SPHD and built-in PS/2 to USB converter</t>
   </si>
   <si>
     <t>ATEN-2L-5202UP</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>3.0M USB KVM Cable with 3 in 1 SPHD and built-in PS/2 to USB converter</t>
   </si>
   <si>
     <t>ATEN-2L-5203UP</t>
   </si>
   <si>
+    <t>call</t>
+  </si>
+  <si>
+    <t>5.0M USB KVM Cable with 3 in 1 SPHD and built-in PS/2 to USB converter</t>
+  </si>
+  <si>
+    <t>ATEN-2L-5205UP</t>
+  </si>
+  <si>
+    <t>KVM Switch ATEN CS22U, 2x 1, USB</t>
+  </si>
+  <si>
+    <t>ATEN-CS22-USB</t>
+  </si>
+  <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Hama "Connect2Switch" KVM Switch, incl. Cable, 4 Ports</t>
+  </si>
+  <si>
+    <t>HAMA-200135</t>
+  </si>
+  <si>
+    <t>KVMP switch ATEN CS72U 2-port</t>
+  </si>
+  <si>
+    <t>ATEN-CS72U-A7</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>ATEN 2L-5210P, 10M PS/2 KVM Cable with 3 in 1 SPHD</t>
+  </si>
+  <si>
+    <t>ATEN-2L-5210P</t>
+  </si>
+  <si>
+    <t>ATEN 2-Port USB FHD HDMI Cable KVM Switch</t>
+  </si>
+  <si>
+    <t>ATEN-CS22HF</t>
+  </si>
+  <si>
+    <t>ATEN CS682, 2-Port USB DVI/Audio Cable KVM Switch (2x 1.2m)</t>
+  </si>
+  <si>
+    <t>ATEN-CS682-AT</t>
+  </si>
+  <si>
+    <t>2-Port USB HDMI/Audio Cable KVM Switch with Remote Port Selector</t>
+  </si>
+  <si>
+    <t>ATEN-CS692-AT</t>
+  </si>
+  <si>
+    <t>KVMP switch ATEN CS82U 2-port, PS/2-USB VGA</t>
+  </si>
+  <si>
+    <t>ATEN-CS82-USB-PS2</t>
+  </si>
+  <si>
+    <t>4-Port USB VGA/Audio Cable KVM Switch (0.9m, 1.2m), CS64US</t>
+  </si>
+  <si>
+    <t>ATEN-CS64USB</t>
+  </si>
+  <si>
+    <t>KVMP switch ATEN CS1732B 2-port</t>
+  </si>
+  <si>
+    <t>ATEN-CS1732B-A7-G</t>
+  </si>
+  <si>
+    <t>KVMP switch ATEN ATEN CS74E</t>
+  </si>
+  <si>
+    <t>ATEN-CS74ECZ-AT</t>
+  </si>
+  <si>
+    <t>KVMP switch ATEN CS1742C-AT 2-port</t>
+  </si>
+  <si>
+    <t>ATEN-CS1742C-AT</t>
+  </si>
+  <si>
+    <t>KVM switch ATEN US3312, 2-ports, 4K, DisplayPort, USB-C</t>
+  </si>
+  <si>
+    <t>ATEN-US3312-AT</t>
+  </si>
+  <si>
+    <t>KVMP switch ATEN CS1762A-AT 2-port</t>
+  </si>
+  <si>
+    <t>ATEN-CS1762A-AT-G</t>
+  </si>
+  <si>
+    <t>KVMP switch ATEN CS1732A</t>
+  </si>
+  <si>
+    <t>ATEN-CS1732AC-AT</t>
+  </si>
+  <si>
+    <t>KVMP switch ATEN CS74U 4-port</t>
+  </si>
+  <si>
+    <t>ATEN-CS74U-A7</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>5.0M USB KVM Cable with 3 in 1 SPHD and built-in PS/2 to USB converter</t>
-[...109 lines deleted...]
-  <si>
     <t>ATEN 2-Port USB-C DisplayPort Hybrid Cable KVM Switch</t>
   </si>
   <si>
     <t>ATEN-CS52DP</t>
   </si>
   <si>
     <t>KVM switch Delock 11481 2-port, USB, HDMI, Audio</t>
   </si>
   <si>
     <t>DELOCK-11481</t>
   </si>
   <si>
     <t>ATEN KVM Extender USB Mini до 100m CE100</t>
   </si>
   <si>
     <t>ATEN-CE100</t>
   </si>
   <si>
     <t>KVM switch Delock 11482 2-port, USB, DisplayPort, Audio</t>
   </si>
   <si>
     <t>DELOCK-11482</t>
   </si>
   <si>
     <t>KVMP Switch ATEN CS1784A, 4-port, USB, DVI Dual Link, Audio</t>
@@ -307,78 +307,54 @@
   <si>
     <t>4-Port USB 3.0 4K HDMI Dual Display KVMP Switch</t>
   </si>
   <si>
     <t>ATEN-CS1844-AT-G</t>
   </si>
   <si>
     <t>ATEN KVM Extender CE840A, USB true 4K HDMI</t>
   </si>
   <si>
     <t>ATEN-CE840A</t>
   </si>
   <si>
     <t>ATEN CL5716M, 16-Port PS/2-USB VGA Single Rail LCD KVM Switch</t>
   </si>
   <si>
     <t>ATEN-CL5716M</t>
   </si>
   <si>
     <t>KVM Console ATEN 19" 8-Port PS/2-USB VGA Single Rail LCD KVM Switch</t>
   </si>
   <si>
     <t>ATEN-CL3108NX</t>
   </si>
   <si>
-    <t>Matrox Extio 3 N3408CTX Dual Transmitter Appliance</t>
-[...16 lines deleted...]
-  <si>
     <t>ATEN CM1284, 4-Port USB 4K HDMI Multi-View KVMP Switch</t>
   </si>
   <si>
     <t>ATEN-CM1284-AT-G</t>
-  </si>
-[...4 lines deleted...]
-    <t>MATROX-XTO3-N3408RX</t>
   </si>
   <si>
     <t>KVM Optical Extender Matrox Extio XTO2-F2408F</t>
   </si>
   <si>
     <t>MATROX-EXTIO-F2408F</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -688,60 +664,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D52"/>
+  <dimension ref="A1:D48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="93.12" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
@@ -780,688 +756,632 @@
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>45.6</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
-        <v>62.568</v>
+        <v>62.46</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
         <v>82.8</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8">
-        <v>101.424</v>
+        <v>101.664</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9">
-        <v>101.664</v>
+        <v>106.08</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C10">
         <v>114.0</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C11">
         <v>118.8</v>
       </c>
       <c r="D11" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C12">
         <v>144.54</v>
       </c>
       <c r="D12" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C13">
         <v>160.836</v>
       </c>
       <c r="D13" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C14">
         <v>168.0</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C15">
         <v>177.6</v>
       </c>
       <c r="D15" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C16">
         <v>190.8</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C17">
         <v>197.304</v>
       </c>
       <c r="D17" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C18">
         <v>202.8</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C19">
         <v>239.952</v>
       </c>
       <c r="D19" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C20">
         <v>243.66</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>47</v>
       </c>
       <c r="B21" t="s">
         <v>48</v>
       </c>
       <c r="C21">
         <v>247.344</v>
       </c>
       <c r="D21" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>49</v>
       </c>
       <c r="B22" t="s">
         <v>50</v>
       </c>
       <c r="C22">
         <v>263.664</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>51</v>
       </c>
       <c r="B23" t="s">
         <v>52</v>
       </c>
       <c r="C23">
-        <v>282.732</v>
+        <v>307.74</v>
       </c>
       <c r="D23" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>53</v>
       </c>
       <c r="B24" t="s">
         <v>54</v>
       </c>
       <c r="C24">
         <v>317.952</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>55</v>
       </c>
       <c r="B25" t="s">
         <v>56</v>
       </c>
       <c r="C25">
         <v>318.0</v>
       </c>
       <c r="D25" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>57</v>
       </c>
       <c r="B26" t="s">
         <v>58</v>
       </c>
       <c r="C26">
         <v>326.208</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>59</v>
       </c>
       <c r="B27" t="s">
         <v>60</v>
       </c>
       <c r="C27">
         <v>329.832</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>61</v>
       </c>
       <c r="B28" t="s">
         <v>62</v>
       </c>
       <c r="C28">
         <v>395.952</v>
       </c>
       <c r="D28" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>63</v>
       </c>
       <c r="B29" t="s">
         <v>64</v>
       </c>
       <c r="C29">
         <v>405.048</v>
       </c>
       <c r="D29" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>65</v>
       </c>
       <c r="B30" t="s">
         <v>66</v>
       </c>
       <c r="C30">
         <v>419.712</v>
       </c>
       <c r="D30" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>67</v>
       </c>
       <c r="B31" t="s">
         <v>68</v>
       </c>
       <c r="C31">
         <v>419.736</v>
       </c>
       <c r="D31" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>69</v>
       </c>
       <c r="B32" t="s">
         <v>70</v>
       </c>
       <c r="C32">
         <v>427.464</v>
       </c>
       <c r="D32" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>71</v>
       </c>
       <c r="B33" t="s">
         <v>72</v>
       </c>
       <c r="C33">
         <v>428.736</v>
       </c>
       <c r="D33" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>73</v>
       </c>
       <c r="B34" t="s">
         <v>74</v>
       </c>
       <c r="C34">
         <v>447.888</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>75</v>
       </c>
       <c r="B35" t="s">
         <v>76</v>
       </c>
       <c r="C35">
         <v>477.24</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>77</v>
       </c>
       <c r="B36" t="s">
         <v>78</v>
       </c>
       <c r="C36">
         <v>818.664</v>
       </c>
       <c r="D36" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>79</v>
       </c>
       <c r="B37" t="s">
         <v>80</v>
       </c>
       <c r="C37">
         <v>833.388</v>
       </c>
       <c r="D37" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>81</v>
       </c>
       <c r="B38" t="s">
         <v>82</v>
       </c>
       <c r="C38">
         <v>837.996</v>
       </c>
       <c r="D38" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>83</v>
       </c>
       <c r="B39" t="s">
         <v>84</v>
       </c>
       <c r="C39">
         <v>839.52</v>
       </c>
       <c r="D39" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>85</v>
       </c>
       <c r="B40" t="s">
         <v>86</v>
       </c>
       <c r="C40">
         <v>1012.776</v>
       </c>
       <c r="D40" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>87</v>
       </c>
       <c r="B41" t="s">
         <v>88</v>
       </c>
       <c r="C41">
         <v>1367.904</v>
       </c>
       <c r="D41" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>89</v>
       </c>
       <c r="B42" t="s">
         <v>90</v>
       </c>
       <c r="C42">
         <v>1599.0</v>
       </c>
       <c r="D42" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>91</v>
       </c>
       <c r="B43" t="s">
         <v>92</v>
       </c>
       <c r="C43">
         <v>2579.16</v>
       </c>
       <c r="D43" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>93</v>
       </c>
       <c r="B44" t="s">
         <v>94</v>
       </c>
       <c r="C44">
         <v>2580.0</v>
       </c>
       <c r="D44" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>95</v>
       </c>
       <c r="B45" t="s">
         <v>96</v>
       </c>
       <c r="C45">
         <v>2604.696</v>
       </c>
       <c r="D45" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>97</v>
       </c>
       <c r="B46" t="s">
         <v>98</v>
       </c>
       <c r="C46">
-        <v>3995.46</v>
+        <v>4956.504</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>99</v>
       </c>
       <c r="B47" t="s">
         <v>100</v>
       </c>
       <c r="C47">
-        <v>4400.832</v>
+        <v>5406.0</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
-[...55 lines deleted...]
-        <v>9</v>
+        <v>46</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D52"/>
+  <autoFilter ref="A1:D48"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>