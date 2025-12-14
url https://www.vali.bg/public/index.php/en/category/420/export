--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -7,458 +7,470 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$86</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$88</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>Switch Cudy FS105, 5-Port 10/100 Mbps RJ 45</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-FS105</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
     <t>Switch D-Link GO-SW-5E/E 5-port 10/100</t>
   </si>
   <si>
     <t>D-LINK-GO-SW-5E-E</t>
   </si>
   <si>
-    <t>available</t>
-[...7 lines deleted...]
-  <si>
     <t>not available</t>
   </si>
   <si>
     <t>Switch D-Link DES-1005D/E,5 -port 10/100, Desktop</t>
   </si>
   <si>
     <t>D-LINK-DES-1005D</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Switch Cudy FS108, 8-Port 10/100 Mbps RJ 45</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-FS108</t>
+  </si>
+  <si>
     <t>Switch D-Link GO-SW-8E/E 8-port 10/100</t>
   </si>
   <si>
     <t>D-LINK-GO-SW-8E-E</t>
   </si>
   <si>
-    <t>Switch Cudy FS108, 8-Port 10/100 Mbps RJ 45</t>
-[...4 lines deleted...]
-  <si>
     <t>Switch EDIMAX ES-3305P V3, 5 Ports, 10/100 Mbps</t>
   </si>
   <si>
     <t>EDIM-ES-3305P</t>
   </si>
   <si>
+    <t>Cudy POE200, 30W Gigabit PoE+/PoE Injector, 1 x 10/100/1000Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-INJ-POE200</t>
+  </si>
+  <si>
     <t>Switch D-Link DES-1008D/E 8-port 10/100, Desktop</t>
   </si>
   <si>
     <t>D-LINK-DES-1008D</t>
   </si>
   <si>
+    <t>Switch ZYXEL GS-105B v5, 5 Ports, Gigabit, Metal housing</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS-105B-V5</t>
+  </si>
+  <si>
+    <t>Switch EDIMAX ES-3308P, 8 Ports, 10/100 Mbps</t>
+  </si>
+  <si>
+    <t>EDIM-ES-3308P</t>
+  </si>
+  <si>
+    <t>Switch Cudy GS105D, 5 ports, 10/100/1000, Auto-MDI/MDIX</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS105D</t>
+  </si>
+  <si>
+    <t>Switch Cudy GS105U, 5 ports, 10/100/1000, Auto-MDI/MDIX, USB-C Port</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS105U</t>
+  </si>
+  <si>
+    <t>Switch Cudy 5-Port Gigabit Desktop Switch, Model: GS105</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS105</t>
+  </si>
+  <si>
     <t>Switch D-Link GO-SW-5G, 5-port 10/100/1000, Gigabit, Desktop</t>
   </si>
   <si>
     <t>D-LINK-GO-SW-5G-E</t>
   </si>
   <si>
-    <t>Cudy POE200, 30W Gigabit PoE+/PoE Injector, 1 x 10/100/1000Mbps</t>
-[...28 lines deleted...]
-  <si>
     <t>Switch D-Link DGS-1005D/E, 5 ports, 10/100/1000, Gigabit, Desktop</t>
   </si>
   <si>
     <t>D-LINK-DGS-1005D-E</t>
   </si>
   <si>
+    <t>PoE Extender Edimax GP-101ET , Gigabit, up to 100m</t>
+  </si>
+  <si>
+    <t>EDIM-GP-101ET</t>
+  </si>
+  <si>
     <t>5-Port Gigabit Desktop Switch GS-1005E</t>
   </si>
   <si>
     <t>EDIM-GS-1005E</t>
   </si>
   <si>
     <t>Switch Cudy 8-Port Gigabit Desktop Switch GS108D</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS108D</t>
   </si>
   <si>
     <t>Switch EDIMAX ES-5500G V3, 5 Ports, Gigabit</t>
   </si>
   <si>
     <t>EDIM-ES-5500G</t>
   </si>
   <si>
+    <t>Switch ZYXEL GS-108B v3, 8 Ports, Gigabit, Metal housing</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS-108B-V3</t>
+  </si>
+  <si>
     <t>Switch D-Link DES-105/E 5-port 10/100 Metal Housing Desktop Switch</t>
   </si>
   <si>
     <t>D-LINK-DES-105-E</t>
   </si>
   <si>
-    <t>Switch ZYXEL GS-108B v3, 8 Ports, Gigabit, Metal housing</t>
-[...4 lines deleted...]
-  <si>
     <t>Ubiquiti U-POE-AT - Gigabit PoE Injector, 802.3at, 30W</t>
   </si>
   <si>
     <t>UBIQUITI-U-POE-AT</t>
   </si>
   <si>
     <t>Switch Cudy GS108 8-Port Gigabit Desktop Switch</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS108</t>
   </si>
   <si>
     <t>Switch D-LINK GO-SW-8G, 8 port, 10/100/1000, Gigabit, Desktop</t>
   </si>
   <si>
     <t>D-LINK-GO-SW-8G-E</t>
   </si>
   <si>
     <t>Switch D-Link DES-108/E 8-port 10/100 Metal Housing Desktop Switch</t>
   </si>
   <si>
     <t>D-LINK-DES-108-E</t>
   </si>
   <si>
+    <t>Cudy POE300, 60W Gigabit PoE++ Injector</t>
+  </si>
+  <si>
+    <t>CUDY-INJ-POE300</t>
+  </si>
+  <si>
     <t xml:space="preserve">Switch D-Link, 8 ports, 10/100/1000, Gigabit, DGS-1008D/E, Desktop </t>
   </si>
   <si>
     <t>D-LINK-DGS-1008D-E</t>
   </si>
   <si>
+    <t>Injector Edimax GP-101IT PoE, Gigabit, 30W</t>
+  </si>
+  <si>
+    <t>EDIM-GP-101IT</t>
+  </si>
+  <si>
     <t>8-Port Gigabit Desktop Switch GS-1008E V2</t>
   </si>
   <si>
     <t>EDIM-GS-1008Ev2</t>
   </si>
   <si>
-    <t>PoE Extender Edimax GP-101ET , Gigabit, up to 100m</t>
-[...5 lines deleted...]
-    <t>limited availability (up to 3)</t>
+    <t>Cudy POE10, Power over Ethernet Extender</t>
+  </si>
+  <si>
+    <t>CUDY-EXT-POE10</t>
   </si>
   <si>
     <t>Cudy POE220, 2 x 30W Gigabit PoE+/PoE Injector</t>
   </si>
   <si>
     <t>CUDY-INJ-POE220</t>
   </si>
   <si>
-    <t>Cudy POE10, Power over Ethernet Extender</t>
-[...2 lines deleted...]
-    <t>CUDY-EXT-POE10</t>
+    <t>Switch Cudy FS1016, 16-Port 10/100Mbps, Metal Switch</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-FS1016</t>
   </si>
   <si>
     <t>Switch D-Link DGS-105/E, 5 ports, 10/100/1000, Gigabit, metal</t>
   </si>
   <si>
     <t>D-LINK-DGS-105</t>
   </si>
   <si>
     <t>Switch EDIMAX ES-5800G V3, 8 Ports, Gigabit</t>
   </si>
   <si>
     <t>EDIM-ES-5800G</t>
   </si>
   <si>
+    <t>Cudy GS105P Switch, 5x port POE metal housing+Switch 36W, unmanaged</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS105P</t>
+  </si>
+  <si>
     <t>Switch Cudy FS1006PL, 6-Port 10/100M PoE+ Switch</t>
   </si>
   <si>
     <t>CUDY-SWITCH-FS1006P</t>
   </si>
   <si>
+    <t>Switch Cudy GS1005PTS1, 5-Port Gigabit PoE+ Switch with 1 SFP Slot</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS1005PTS1</t>
+  </si>
+  <si>
+    <t>Ethernet Surge Protector ZyXEL PoE++ (60W) Gigabit</t>
+  </si>
+  <si>
+    <t>ZYXEL-SURGEPRO-GE</t>
+  </si>
+  <si>
     <t>Switch Cudy FS1010PG, 8-Port 10/100M PoE+ Switch with 2 Uplink Ports 10/100/1000</t>
   </si>
   <si>
     <t>CUDY-SWITCH-FS1010PG</t>
   </si>
   <si>
-    <t>Injector Edimax GP-101IT PoE, Gigabit, 30W</t>
-[...22 lines deleted...]
-  <si>
     <t>Switch Cudy GS1005P, 5-Port Gigabit POE+ Switch with Uplink Ports</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS1005P</t>
   </si>
   <si>
     <t>Injector D-Link DPE-101GI, Gigabit,  15,4W</t>
   </si>
   <si>
     <t>D-LINK-DPE-101GI</t>
   </si>
   <si>
-    <t>Cudy POE300, 60W Gigabit PoE++ Injector</t>
-[...4 lines deleted...]
-  <si>
     <t>Switch D-Link DGS-108/E, 8 ports, 10/100/1000, Gigabit, metal</t>
   </si>
   <si>
     <t>D-LINK-DGS-108</t>
   </si>
   <si>
     <t>Smart power injector MikroTik GPEN21</t>
   </si>
   <si>
     <t>MIKROTIK-INJEC-GPEN21</t>
   </si>
   <si>
     <t>Switch Cudy FS1010P, 8-Port 10/100M PoE+ Switch with 2 Uplink Ports</t>
   </si>
   <si>
     <t>CUDY-SWITCH-FS1010P</t>
   </si>
   <si>
+    <t>Switch ZyXEL GS1005-HP, 5 Port Gigabit PoE+ unmanaged, 60W</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS1005-HP</t>
+  </si>
+  <si>
+    <t>Switch Cudy HS105, 5x2.5G, RJ 45</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-HS105</t>
+  </si>
+  <si>
+    <t>Injector ZyXEL POE12-30W PoE, Gigabit, 30W</t>
+  </si>
+  <si>
+    <t>ZYXEL-POE12-30W</t>
+  </si>
+  <si>
     <t>Switch D-Link DES-1016D/E, 16 -port 10/100, Desktop, rack mount</t>
   </si>
   <si>
     <t>D-LINK-DES-1016D</t>
   </si>
   <si>
-    <t>Switch ZyXEL GS1005-HP, 5 Port Gigabit PoE+ unmanaged, 60W</t>
-[...16 lines deleted...]
-  <si>
     <t>TP-Link Desktop Switch 6-Port 10/100Mbps, with 4-Port PoE+</t>
   </si>
   <si>
     <t>TP-Link-TL-SF1006P</t>
   </si>
   <si>
-    <t>Switch Cudy GS1016, 16 ports, 10/100/1000, Auto-MDI/MDIX for 19" rack</t>
+    <t>Cudy IG1005P Industrial 5-Port 10/100/1000M PoE+ Switch 65W</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-IG1005P</t>
+  </si>
+  <si>
+    <t>Switch EDIMAX ES-1008P, 8 Ports PoE, 10/100Mbps</t>
+  </si>
+  <si>
+    <t>EDIM-ES-1008P</t>
+  </si>
+  <si>
+    <t>Switch Cloud Smart RB260GSP, 5-port 10/10/1000+1xSFP, PoE</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB260GSP</t>
+  </si>
+  <si>
+    <t>Switch Cudy GS1016, 16 ports, 10/100/1000, Auto-MDI/MDIX</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS1016</t>
   </si>
   <si>
-    <t>Switch Cloud Smart RB260GSP, 5-port 10/10/1000+1xSFP, PoE</t>
-[...2 lines deleted...]
-    <t>MIKROTIK-RB260GSP</t>
+    <t>Switch Cudy GS1024, 24 ports, 10/100/1000, Auto-MDI/MDIX for 19" rack</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS1024</t>
   </si>
   <si>
     <t>Injector ZyXEL POE12-60W PoE, Gigabit, 60W</t>
   </si>
   <si>
     <t>ZYXEL-POE12-60W</t>
   </si>
   <si>
-    <t>Cudy IG1005P Industrial 5-Port 10/100/1000M PoE+ Switch 65W</t>
-[...2 lines deleted...]
-    <t>CUDY-SWITCH-IG1005P</t>
+    <t>Switch Cudy FS1006PL, 8-Port 10/100/1000, PoE+ Switch with 2 Uplink Ports</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS1010PE</t>
   </si>
   <si>
     <t>Switch D-Link DES-1024D/E, 24 -port 10/100, Desktop, rack mount</t>
   </si>
   <si>
     <t>D-LINK-DES-1024D-E</t>
   </si>
   <si>
-    <t>Switch Cudy GS1024, 24 ports, 10/100/1000, Auto-MDI/MDIX for 19" rack</t>
-[...8 lines deleted...]
-    <t>CUDY-SWITCH-GS1010PE</t>
+    <t>Switch Cudy FS1018PS1, 16-Port 10/100M PoE+ Switch, 2 x Gigabit ports, 1 x SFP Slot</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-FS1018PS1</t>
+  </si>
+  <si>
+    <t>Switch Cudy GS1016L, 16 ports, 10/100/1000, metal for 19" rack</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS1016L</t>
+  </si>
+  <si>
+    <t>Switch D-LINK GO-SW-16G, 16 port, Gigabit</t>
+  </si>
+  <si>
+    <t>D-LINK-GO-SW-16G-E</t>
   </si>
   <si>
     <t>Switch ZyXEL GS1008-HP, 8 Port Gigabit PoE+ unmanaged, 60W</t>
   </si>
   <si>
     <t>ZYXEL-GS1008HP</t>
   </si>
   <si>
-    <t>Switch Cudy GS1016L, 16 ports, 10/100/1000, for 19" rack, metal</t>
-[...16 lines deleted...]
-  <si>
     <t>Switch ZYXEL GS1100-16, 16 ports, Gigabit, Rack-mount</t>
   </si>
   <si>
     <t>ZYXEL-GS1100-16</t>
   </si>
   <si>
     <t>Switch Cudy GS1024L, 24 ports, 10/100/1000, for 19" rack, metal</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS1024L</t>
   </si>
   <si>
     <t>Switch ZYXEL GS1100-24E, 24 ports, Gigabit, Rack-mount</t>
   </si>
   <si>
     <t>ZYXEL-GS1100-24E</t>
   </si>
   <si>
     <t>Switch 8 port Cudy GS2008S2, L2, 8 x Gigabit Ethernet ports, 2 x SFP, 128MB RAM</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS2008S2</t>
   </si>
   <si>
-    <t>Switch Cudy FS1018PS1, 16-Port 10/100M PoE+ Switch, 2 x Gigabit ports, 1 x SFP Slot</t>
-[...4 lines deleted...]
-  <si>
     <t>Switch D-Link DGS-1016S/E, 16 -port 10/100/1000, Desktop</t>
   </si>
   <si>
     <t>D-LINK-DGS-1016S-E</t>
   </si>
   <si>
     <t>Ethernet Switch ASUS ExpertWiFi EBP15 - 5 Port GbE 4PoE</t>
   </si>
   <si>
     <t>ASUS-SWITCH-EBP15</t>
   </si>
   <si>
     <t>PoE extender Zyxel PoE12-3PD, 4 x 1Gb port 45W PoE budget, outdoor</t>
   </si>
   <si>
     <t>ZYXEL-POE12-3PD</t>
   </si>
   <si>
     <t>Switch ZyXEL MG-105  5 port 2,5Gb, unmanaged</t>
   </si>
   <si>
     <t>ZYXEL-MG-105</t>
   </si>
   <si>
     <t>Switch Zyxel XMG-105 5 Ports 2,5G + 1 SFP+ Desktop MultiGig unmanaged</t>
@@ -511,60 +523,60 @@
   <si>
     <t>Switch EDIMAX GS-1026,  24x Gigabit ports, 2х SFP ports, Rack-mount</t>
   </si>
   <si>
     <t>EDIM-GS-1026</t>
   </si>
   <si>
     <t>Switch Zyxel XMG-108 8 Ports 2,5G + 1 SFP+ Desktop MultiGig unmanaged</t>
   </si>
   <si>
     <t>ZYXEL-XMG-108</t>
   </si>
   <si>
     <t>Switch ZyXEL XMG-105HP 5 Ports 2,5G + 1 SFP+, 4 ports 70W total PoE++ Desktop MultiGig unmanaged Switch</t>
   </si>
   <si>
     <t>ZYXEL-XMG-105HP</t>
   </si>
   <si>
     <t>Switch D-Link DGS-1024D/E, 24 -port 10/100/1000, Desktop, rack mount</t>
   </si>
   <si>
     <t>D-LINK-DGS-1024D-E</t>
   </si>
   <si>
+    <t>Switch Cudy GS1020PS2, 16 x Gigabit PoE, 2 x Gigabit SFP</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS1020PS2</t>
+  </si>
+  <si>
     <t>Switch ZYXEL XGS1010-12, 10 Ports unmanaged, Gigabit, 2xSFP</t>
   </si>
   <si>
     <t>ZYXEL-XGS1010-12</t>
-  </si>
-[...4 lines deleted...]
-    <t>CUDY-SWITCH-GS1020PS2</t>
   </si>
   <si>
     <t>Switch ZyXEL XMG-108HP 8 Ports 2,5G + 1 SFP+, 100W total PoE++ Desktop MultiGig unmanaged Switch</t>
   </si>
   <si>
     <t>ZYXEL-XMG-108HP</t>
   </si>
   <si>
     <t>Switch Cudy GS1028PS2, 24 ports, 10/100/1000,  24× GbE with 802.3at/af PoE, 2× Uplink SFP, Default/VLAN/Extend Modes, for 19" rack</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS1028PS2</t>
   </si>
   <si>
     <t>Switch Cloud Smart CRS310-1G-5S-4S+IN, L3 Gigabit Ethernet (10/100/1000), PoE</t>
   </si>
   <si>
     <t>MIKROTIK-CRS310-1G-5S-4S</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -886,1256 +898,1284 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D86"/>
+  <dimension ref="A1:D88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>15.096</v>
+        <v>14.232</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>15.276</v>
+        <v>15.096</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>16.2</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>18.588</v>
+        <v>16.74</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>19.2</v>
+        <v>19.752</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>20.508</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>26.028</v>
+        <v>22.416</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>26.436</v>
+        <v>26.028</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>28.764</v>
+        <v>28.14</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>29.004</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>29.988</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>29.988</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>31.512</v>
+        <v>32.388</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>34.356</v>
+        <v>32.508</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>37.176</v>
+        <v>34.356</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>39.984</v>
+        <v>36.0</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
-        <v>40.116</v>
+        <v>37.176</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
-        <v>40.632</v>
+        <v>39.984</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
-        <v>40.992</v>
+        <v>40.116</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
-        <v>42.0</v>
+        <v>40.56</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
-        <v>42.384</v>
+        <v>40.632</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
-        <v>45.096</v>
+        <v>42.0</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
-        <v>47.436</v>
+        <v>42.384</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
-        <v>47.844</v>
+        <v>45.096</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C26">
-        <v>52.152</v>
+        <v>47.436</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27">
-        <v>52.8</v>
+        <v>47.784</v>
       </c>
       <c r="D27" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>54.42</v>
+        <v>47.844</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>57.6</v>
+        <v>50.4</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>58.38</v>
+        <v>52.152</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>58.68</v>
+        <v>52.8</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>60.0</v>
+        <v>54.384</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>62.772</v>
+        <v>57.348</v>
       </c>
       <c r="D33" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>66.456</v>
+        <v>58.38</v>
       </c>
       <c r="D34" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>68.832</v>
+        <v>58.68</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>69.744</v>
+        <v>58.8</v>
       </c>
       <c r="D36" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>69.972</v>
+        <v>60.0</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>71.016</v>
+        <v>66.948</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>73.668</v>
+        <v>67.56</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>75.012</v>
+        <v>69.984</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>76.956</v>
+        <v>71.016</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>79.956</v>
+        <v>73.668</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>81.0</v>
+        <v>76.956</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>82.668</v>
+        <v>79.956</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>82.8</v>
+        <v>81.0</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>87.348</v>
+        <v>82.8</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>90.096</v>
+        <v>87.348</v>
       </c>
       <c r="D47" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>100.8</v>
+        <v>90.096</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>112.992</v>
+        <v>98.16</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>113.844</v>
+        <v>100.8</v>
       </c>
       <c r="D50" t="s">
-        <v>58</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>117.144</v>
+        <v>100.8</v>
       </c>
       <c r="D51" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>118.992</v>
+        <v>108.0</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>119.4</v>
+        <v>108.312</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>120.84</v>
+        <v>112.992</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>125.1</v>
+        <v>114.012</v>
       </c>
       <c r="D55" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>127.2</v>
+        <v>117.144</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>129.0</v>
+        <v>117.876</v>
       </c>
       <c r="D57" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>129.12</v>
+        <v>119.4</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>130.8</v>
+        <v>122.928</v>
       </c>
       <c r="D59" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>134.952</v>
+        <v>129.0</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>138.996</v>
+        <v>129.12</v>
       </c>
       <c r="D61" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>141.6</v>
+        <v>132.012</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>144.0</v>
+        <v>134.952</v>
       </c>
       <c r="D63" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>145.656</v>
+        <v>138.996</v>
       </c>
       <c r="D64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>146.28</v>
+        <v>141.6</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>159.0</v>
+        <v>144.0</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
-        <v>168.744</v>
+        <v>146.28</v>
       </c>
       <c r="D67" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>168.984</v>
+        <v>159.0</v>
       </c>
       <c r="D68" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>168.984</v>
+        <v>168.744</v>
       </c>
       <c r="D69" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>169.896</v>
+        <v>168.984</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>173.328</v>
+        <v>168.984</v>
       </c>
       <c r="D71" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
-        <v>177.66</v>
+        <v>169.896</v>
       </c>
       <c r="D72" t="s">
-        <v>58</v>
+        <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
-        <v>182.424</v>
+        <v>173.328</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
-        <v>196.104</v>
+        <v>177.66</v>
       </c>
       <c r="D74" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
-        <v>226.128</v>
+        <v>182.424</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
-        <v>230.4</v>
+        <v>196.104</v>
       </c>
       <c r="D76" t="s">
-        <v>58</v>
+        <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
-        <v>232.704</v>
+        <v>212.568</v>
       </c>
       <c r="D77" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
-        <v>238.836</v>
+        <v>230.4</v>
       </c>
       <c r="D78" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
-        <v>238.836</v>
+        <v>232.704</v>
       </c>
       <c r="D79" t="s">
-        <v>58</v>
+        <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
-        <v>245.616</v>
+        <v>238.836</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
-        <v>296.724</v>
+        <v>238.836</v>
       </c>
       <c r="D81" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
-        <v>320.616</v>
+        <v>245.616</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
-        <v>329.4</v>
+        <v>270.0</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
-        <v>403.668</v>
+        <v>296.724</v>
       </c>
       <c r="D84" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>173</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85">
+        <v>329.4</v>
+      </c>
+      <c r="D85" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4">
+      <c r="A86" t="s">
+        <v>175</v>
+      </c>
+      <c r="B86" t="s">
+        <v>176</v>
+      </c>
+      <c r="C86">
+        <v>344.988</v>
+      </c>
+      <c r="D86" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4">
+      <c r="A87" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" t="s">
+        <v>178</v>
+      </c>
+      <c r="C87">
         <v>412.308</v>
       </c>
-      <c r="D85" t="s">
+      <c r="D87" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D86"/>
+  <autoFilter ref="A1:D88"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>