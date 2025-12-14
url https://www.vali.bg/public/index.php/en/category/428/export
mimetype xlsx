--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -49,201 +49,201 @@
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Laser Pointer, Hama "LP-1R", red, 03500</t>
   </si>
   <si>
     <t>HAMA-03500</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Hama Projector Mount, Swivel, for Ceiling, up to 13.5 kg, 220879</t>
   </si>
   <si>
     <t>HAMA-220879</t>
   </si>
   <si>
     <t>Hama Wireless laser presenter “X-Pointer”</t>
   </si>
   <si>
     <t>HAMA-139915</t>
   </si>
   <si>
+    <t>Wireless Laser Presenter HAMA "X-Pointer 6 in 1", Black</t>
+  </si>
+  <si>
+    <t>HAMA-139916</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Wireless Presenter Logitech R400, Black</t>
+  </si>
+  <si>
+    <t>LOGITECH-R400</t>
+  </si>
+  <si>
+    <t>Greenlight Pointer, Wireless Laser Presenter, 4in1, 139918</t>
+  </si>
+  <si>
+    <t>HAMA-139918</t>
+  </si>
+  <si>
+    <t>Projector Bag BenQ BGQM01, Black</t>
+  </si>
+  <si>
+    <t>BENQ-CB-BGQM01</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Wireless Laser Presenter HAMA "X-Pointer 6 in 1", Black</t>
-[...20 lines deleted...]
-    <t>HAMA-139918</t>
+    <t>R500s LASER PRESENTATION REMOTE</t>
+  </si>
+  <si>
+    <t>LOGITECH-R500s</t>
   </si>
   <si>
     <t>Projector Ceiling Mount HAMA 108784, 8 kg, Silver</t>
   </si>
   <si>
     <t>HAMA-108784</t>
   </si>
   <si>
-    <t>R500s LASER PRESENTATION REMOTE</t>
-[...1 lines deleted...]
-  <si>
     <t>LOGITECH-R500S-BK</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>Projector Bag HAMA "Sportsline", L, Black</t>
   </si>
   <si>
     <t>HAMA-101066</t>
   </si>
   <si>
-    <t>LOGITECH-R500s</t>
-[...1 lines deleted...]
-  <si>
     <t>Hama Projector Mount, Ceiling and Wall, up to 15 kg, 220880</t>
   </si>
   <si>
     <t>HAMA-220880</t>
   </si>
   <si>
     <t>ESTILLO Projector Mount for Ceiling Mounting</t>
   </si>
   <si>
     <t>EST-PROJECTOR-108786</t>
   </si>
   <si>
     <t>Projector Wall mount celexon MultiCel 4070W</t>
   </si>
   <si>
     <t>CELEXON-1090154</t>
   </si>
   <si>
     <t>ask for price</t>
   </si>
   <si>
     <t>Universal Ceiling Mount BenQ CM00G3</t>
   </si>
   <si>
     <t>BENQ-MOUNT-CM00G3</t>
   </si>
   <si>
+    <t>Projector Wall mount celexon MultiCel 63100S</t>
+  </si>
+  <si>
+    <t>CELEXON-1090299</t>
+  </si>
+  <si>
+    <t>Hama Projector Table with 2 Levels, HAMA-77510</t>
+  </si>
+  <si>
+    <t>HAMA-77510</t>
+  </si>
+  <si>
+    <t>Projector Wall mount celexon Multicel WM800</t>
+  </si>
+  <si>
+    <t>CELEXON-1090381</t>
+  </si>
+  <si>
+    <t>Wireless Presenter Logitech Spotlight Plus, Bluetooth, 2.4 GHz</t>
+  </si>
+  <si>
+    <t>LOGITECH-910-005166</t>
+  </si>
+  <si>
+    <t>Projector Wall mount celexon Multicel WM1000</t>
+  </si>
+  <si>
+    <t>CELEXON-1090382</t>
+  </si>
+  <si>
+    <t>Projector Avtek WallMount Next 1200</t>
+  </si>
+  <si>
+    <t>AVTEK-1MVWM11</t>
+  </si>
+  <si>
+    <t>call</t>
+  </si>
+  <si>
+    <t>BenQ WM04G3 project mount Wall Metallic</t>
+  </si>
+  <si>
+    <t>BENQ-MOUNT-WM04G3</t>
+  </si>
+  <si>
+    <t>BenQ WM06G3 project mount Wall Metallic</t>
+  </si>
+  <si>
+    <t>BENQ-MOUNT-WM06G3</t>
+  </si>
+  <si>
+    <t>Projector Wall mount celexon Multicel WM1200</t>
+  </si>
+  <si>
+    <t>CELEXON-1090383</t>
+  </si>
+  <si>
+    <t>Certified Android TV Dongle</t>
+  </si>
+  <si>
+    <t>BENQ-QS02</t>
+  </si>
+  <si>
+    <t>Replacement Lamp for BenQ MH560</t>
+  </si>
+  <si>
+    <t>BENQ-LM-MH560</t>
+  </si>
+  <si>
     <t>Interactive module BenQ PointWrite Kit PW21U</t>
   </si>
   <si>
     <t>BENQ-PW21U</t>
-  </si>
-[...67 lines deleted...]
-    <t>BENQ-LM-MH560</t>
   </si>
   <si>
     <t>BenQ PointWrite PW30U Touch Module</t>
   </si>
   <si>
     <t>BENQ-PW30U</t>
   </si>
   <si>
     <t>BenQ PointWrite PW40U Touch Module</t>
   </si>
   <si>
     <t>BENQ-PW40U</t>
   </si>
   <si>
     <t>BenQ Wireless Presentation Device, InstaShow WDC10</t>
   </si>
   <si>
     <t>BENQ-INSTASHOW-WDC10C</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -601,446 +601,446 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>18.792</v>
+        <v>16.8</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>37.188</v>
+        <v>30.0</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>40.716</v>
+        <v>40.572</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>48.12</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>48.408</v>
+        <v>56.892</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>66.0</v>
+        <v>60.0</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>70.308</v>
+        <v>66.0</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>73.2</v>
+        <v>69.66</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>79.668</v>
+        <v>73.2</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>80.34</v>
+        <v>73.896</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>81.024</v>
+        <v>80.556</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>88.176</v>
+        <v>88.056</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>90.0</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
         <v>0.0</v>
       </c>
       <c r="D15" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>120.288</v>
+        <v>117.348</v>
       </c>
       <c r="D16" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>150.0</v>
+        <v>0.0</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>0.0</v>
+        <v>151.248</v>
       </c>
       <c r="D18" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>151.248</v>
+        <v>186.0</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>186.0</v>
+        <v>215.844</v>
       </c>
       <c r="D20" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>222.0</v>
       </c>
       <c r="D21" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>242.808</v>
+        <v>249.0</v>
       </c>
       <c r="D22" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
-        <v>249.0</v>
+        <v>270.0</v>
       </c>
       <c r="D23" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
         <v>270.0</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>270.0</v>
+        <v>295.5</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>295.5</v>
+        <v>328.584</v>
       </c>
       <c r="D26" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>328.584</v>
+        <v>358.8</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>358.8</v>
+        <v>492.0</v>
       </c>
       <c r="D28" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
         <v>678.0</v>
       </c>
       <c r="D29" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
         <v>678.0</v>
       </c>
       <c r="D30" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
         <v>0.0</v>
       </c>
       <c r="D31" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D32"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>