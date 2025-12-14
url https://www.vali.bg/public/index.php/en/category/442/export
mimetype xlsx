--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -46,555 +46,555 @@
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Delock Adapter USB female &gt; RJ45 male</t>
   </si>
   <si>
     <t>DELOCK-65234</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Hama - Video Adapter, S-VHS Socket / 3 RCA Sockets - Scart Plug, 4-Pin</t>
   </si>
   <si>
     <t>HAMA-205268</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
+    <t>Hama DisplayPort Adapter, Ultra-HD 4K</t>
+  </si>
+  <si>
+    <t>HAMA-200345</t>
+  </si>
+  <si>
     <t>Delock Adapter mini DisplayPort 1.2 male &gt; DisplayPort female 4K 90°</t>
   </si>
   <si>
     <t>DELOCK-65626</t>
   </si>
   <si>
     <t>Adapter HAMA HDMI Socket - Mini HDMI Plug, Ultra-HD, 4K</t>
   </si>
   <si>
     <t>HAMA-200347</t>
   </si>
   <si>
-    <t>Hama DisplayPort Adapter, Ultra-HD 4K</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock USB 2.0 Adapter USB Type-A male to USB Type-C female black</t>
   </si>
   <si>
     <t>HAMA-200311</t>
   </si>
   <si>
+    <t>Hama Adapter, Micro-HDMI Plug - HDMI Socket, 4K, 200348</t>
+  </si>
+  <si>
+    <t>HAMA-200348</t>
+  </si>
+  <si>
+    <t>Hama HDMI™ Adapter, Socket - Socket 8K, 205173</t>
+  </si>
+  <si>
+    <t>HAMA-205173</t>
+  </si>
+  <si>
+    <t>Hama Video Adapter, DVI Plug - VGA Socket, Full-HD 1080p, 200340</t>
+  </si>
+  <si>
+    <t>HAMA-200340</t>
+  </si>
+  <si>
+    <t>Hama High-Speed HDMI™ Angle Adapter, Plug - Socket, 90°</t>
+  </si>
+  <si>
+    <t>HAMA-205164</t>
+  </si>
+  <si>
+    <t>Delock Adapter DisplayPort 1.2 male &gt; DisplayPort female port saver</t>
+  </si>
+  <si>
+    <t>DELOCK-65691</t>
+  </si>
+  <si>
+    <t>Hama Video Adapter, DVI Plug - HDMI™ Socket, Ultra-HD 4K</t>
+  </si>
+  <si>
+    <t>HAMA-205169</t>
+  </si>
+  <si>
+    <t>Hama Video Adapter, VGA Plug - DVI Socket, Full-HD 1080p</t>
+  </si>
+  <si>
+    <t>HAMA-200341</t>
+  </si>
+  <si>
+    <t>Delock Adapter High Speed HDMI with Ethernet – HDMI-A female &gt; HDMI-A male 4K 90° angled down black</t>
+  </si>
+  <si>
+    <t>DELOCK-65662</t>
+  </si>
+  <si>
+    <t>Delock Adapter High Speed HDMI with Ethernet – HDMI-A female &gt; HDMI-A male 4K 90° angled up black</t>
+  </si>
+  <si>
+    <t>DELOCK-65663</t>
+  </si>
+  <si>
+    <t>Hama Video Adapter, Mini DisplayPort Plug - DisplayPort Socket, Ultra-HD 4K</t>
+  </si>
+  <si>
+    <t>HAMA-200331</t>
+  </si>
+  <si>
+    <t>Hama Video Adapter, HDMI™ Plug - DVI Socket, Ultra-HD 4K</t>
+  </si>
+  <si>
+    <t>HAMA-200339</t>
+  </si>
+  <si>
+    <t>Delock Adapter High Speed HDMI with Ethernet – HDMI-A female &gt; HDMI-A male 4K 90° angled right black</t>
+  </si>
+  <si>
+    <t>DELOCK-65661</t>
+  </si>
+  <si>
+    <t>Converter ESTILLO USB to RS232</t>
+  </si>
+  <si>
+    <t>EST-USB-180</t>
+  </si>
+  <si>
+    <t>Hama Video Adapter, Mini DisplayPort Plug - HDMI™ Socket, Ultra-HD 4K</t>
+  </si>
+  <si>
+    <t>HAMA-200332</t>
+  </si>
+  <si>
+    <t>Hama Video Adapter, DisplayPort Plug - HDMI™ Socket, Ultra-HD 4K</t>
+  </si>
+  <si>
+    <t>HAMA-200335</t>
+  </si>
+  <si>
+    <t>Delock Adapter USB 3.0 male-female angled 270° horizontal</t>
+  </si>
+  <si>
+    <t>DELOCK-65342</t>
+  </si>
+  <si>
+    <t>Hama Video Adapter, DisplayPort Plug - DVI Socket, Ultra-HD 4K</t>
+  </si>
+  <si>
+    <t>HAMA-200336</t>
+  </si>
+  <si>
+    <t>Converter (splitter) ESTILLO HDMI male - 2 x HDMI female</t>
+  </si>
+  <si>
+    <t>EST-HDMI-CONV-1-2</t>
+  </si>
+  <si>
+    <t>Hama Video Adapter, DisplayPort Plug - VGA Socket, Full-HD 1080p</t>
+  </si>
+  <si>
+    <t>HAMA-200337</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Hama Adapter, Micro-HDMI Plug - HDMI Socket, 4K, 200348</t>
-[...86 lines deleted...]
-    <t>HAMA-200336</t>
+    <t>Delock Adapter IDE 44 pin male &gt; IDE 44 pin male</t>
+  </si>
+  <si>
+    <t>DELOCK-65090</t>
+  </si>
+  <si>
+    <t>Hama Video Adapter, USB-C Plug - HDMI™ Socket, Ultra-HD 4K</t>
+  </si>
+  <si>
+    <t>HAMA-200315</t>
+  </si>
+  <si>
+    <t>Delock Adapter DisplayPort 1.2 male to VGA female black</t>
+  </si>
+  <si>
+    <t>DELOCK-61006</t>
+  </si>
+  <si>
+    <t>Hama Video Adapter, HDMI™ Plug - VGA Socket, Audio Socket, Full-HD 1080p</t>
+  </si>
+  <si>
+    <t>HAMA-200343</t>
+  </si>
+  <si>
+    <t>Hama Video Adapter, VGA+USB Plug - HDMI™ Socket, Full HD 1080p</t>
+  </si>
+  <si>
+    <t>HAMA-200342</t>
+  </si>
+  <si>
+    <t>Hama 8K-HDMI™ switch "bidirectional", 1 In 2 Out/2 In 1 Out</t>
+  </si>
+  <si>
+    <t>HAMA-205324</t>
+  </si>
+  <si>
+    <t>Hama Video Adapter, USB-C Plug - DisplayPort Socket, Ultra-HD 4K</t>
+  </si>
+  <si>
+    <t>HAMA-200314</t>
+  </si>
+  <si>
+    <t>Hama 4K HDMI™ Splitter, 1 In 2 Out</t>
+  </si>
+  <si>
+    <t>HAMA-205284</t>
+  </si>
+  <si>
+    <t>Hama AV Converter, Scart to HDMI™</t>
+  </si>
+  <si>
+    <t>HAMA-121775</t>
+  </si>
+  <si>
+    <t>Hama 4K-HDMI™ Switch 3x1, 121770</t>
+  </si>
+  <si>
+    <t>HAMA-121770</t>
+  </si>
+  <si>
+    <t>Delock Adapter DVI-D 24+1 male &gt; VGA female black</t>
+  </si>
+  <si>
+    <t>DELOCK-65658</t>
+  </si>
+  <si>
+    <t>Digital Converter HAMA 42905, Optical IN ODT (Toslink)/Coax OUT, Silver</t>
+  </si>
+  <si>
+    <t>HAMA-42905</t>
+  </si>
+  <si>
+    <t>Video Scart Converter Estillo ASK-ST001, Scart to HDMI, black</t>
+  </si>
+  <si>
+    <t>EST-HDMI-SCART</t>
+  </si>
+  <si>
+    <t>Video Adapter, 2 in 1, Ultra-HD 4K, HAMA-200334</t>
+  </si>
+  <si>
+    <t>HAMA-200334</t>
+  </si>
+  <si>
+    <t>HDMI repeater, up to 40 meter, 4K support</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-EXT-AC7820</t>
+  </si>
+  <si>
+    <t>Delock USB Type-C Adapter to Gigabit LAN mini</t>
+  </si>
+  <si>
+    <t>DELOCK-66462</t>
+  </si>
+  <si>
+    <t>4K HDMI 1.4 splitter 2 ports</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-SPLIT-AC7835</t>
+  </si>
+  <si>
+    <t>Delock Adapter mini DisplayPort 1.2 male &gt; DVI female 4K Passive black</t>
+  </si>
+  <si>
+    <t>DELOCK-62605</t>
+  </si>
+  <si>
+    <t>JCA153G USB Type-C to 4K HDMI Adapter</t>
+  </si>
+  <si>
+    <t>J5-JCA153G</t>
+  </si>
+  <si>
+    <t>Cudy Media Converter MC100GSB-20A, RJ-45, SC fiber port, 20 km</t>
+  </si>
+  <si>
+    <t>CUDY-CONV-MC100GSB-20A</t>
+  </si>
+  <si>
+    <t>Cudy Media Converter MC100GSB-20B, SC fiber port, RJ-45, 20 km</t>
+  </si>
+  <si>
+    <t>CUDY-CONV-MC100GSB-20B</t>
+  </si>
+  <si>
+    <t>4K HDMI Switch 3 ports, display 3 HDMI sources on one monitor</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-SPLIT-AC7845</t>
+  </si>
+  <si>
+    <t>Hama Video Adapter, USB-C Plug - HDMI™ Socket, Ultra-HD 8K@60 Hz, alu</t>
+  </si>
+  <si>
+    <t>HAMA-200303</t>
+  </si>
+  <si>
+    <t>Automatic switcher ESTILLO HDMI , 5/1 x HDMI1.4, 5 inputs 1 output</t>
+  </si>
+  <si>
+    <t>EST-HDMI-SWITCH-1-5</t>
+  </si>
+  <si>
+    <t>Hama Video Adapter, 2in1, Mini DisplayPort Plug - VGA &amp; HDMI™ Socket, Ultra-HD 4K</t>
+  </si>
+  <si>
+    <t>HAMA-300086</t>
+  </si>
+  <si>
+    <t>Delock HDMI UHD Switch 3 x HDMI in &gt; 1 x HDMI out 4K with integrated cable 50 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-18600</t>
+  </si>
+  <si>
+    <t>j5create JUA254 USB to HDMI Adapter</t>
+  </si>
+  <si>
+    <t>J5-JUA254</t>
+  </si>
+  <si>
+    <t>Adapter Delock X-coded 8 pin male to RJ45 jack straight</t>
+  </si>
+  <si>
+    <t>DELOCK-60065</t>
+  </si>
+  <si>
+    <t>HDMI splitter ESTILLO HDSP0010M1, 1/2, 4K/60Hz</t>
+  </si>
+  <si>
+    <t>EST-HDMI-SPLITTER-1-2-4K</t>
+  </si>
+  <si>
+    <t>Delock Adapter DisplayPort 1.2 male &gt; VGA / HDMI / DVI female 4K</t>
+  </si>
+  <si>
+    <t>DELOCK-62902</t>
+  </si>
+  <si>
+    <t>5x 1 HDMI switch, 3D and 4K support, 60Hz</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-SPLIT-AC7841</t>
+  </si>
+  <si>
+    <t>ACT HDMI Splitter AC7832 4K HDMI splitter, 1 input, 4 HDMI outputs</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-SPLIT-AC7832</t>
+  </si>
+  <si>
+    <t>j5create USB-C to 4K HDMI Ethernet Adapter hub</t>
+  </si>
+  <si>
+    <t>J5-JCA351</t>
+  </si>
+  <si>
+    <t>ScreenCast Wireless Display Adapter</t>
+  </si>
+  <si>
+    <t>J5-JVAW56</t>
+  </si>
+  <si>
+    <t>HDMI splitter ESTILLO HDSP0009M1, 1/4, 4K/60Hz</t>
+  </si>
+  <si>
+    <t>EST-HDMI-SPLITTER-1-4-4K</t>
+  </si>
+  <si>
+    <t>j5create USB 3.0 to 4K HDMI Display Adapter</t>
+  </si>
+  <si>
+    <t>J5-JUA354</t>
+  </si>
+  <si>
+    <t>j5create USB 3.0 to Dual HDMI Multi-Monitor Adapter</t>
+  </si>
+  <si>
+    <t>J5-JUA365</t>
+  </si>
+  <si>
+    <t>call</t>
+  </si>
+  <si>
+    <t>Delock USB Type-C Adapter to HDMI (DP Alt Mode) 8K with HDR function aluminium</t>
+  </si>
+  <si>
+    <t>DELOCK-64229</t>
+  </si>
+  <si>
+    <t>ACT 4K HDMI splitter, 1 in 4 out, EDID support</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-SPLIT-AC7831</t>
+  </si>
+  <si>
+    <t>j5create USB-C to Dual HDMI Multi-Monitor Adapter</t>
+  </si>
+  <si>
+    <t>J5-JCA365</t>
+  </si>
+  <si>
+    <t>HDMI Extender (amplifier) ESTILLO HDEX002M1, amplifies HDMI signal up to 60 m via UTP cable</t>
+  </si>
+  <si>
+    <t>EST-HDMI-EXTENDER-60</t>
+  </si>
+  <si>
+    <t>HDMI Extender VE800A</t>
+  </si>
+  <si>
+    <t>ATEN-VE800</t>
+  </si>
+  <si>
+    <t>Delock USB 2.0 to 4 x serial adapter</t>
+  </si>
+  <si>
+    <t>DELOCK-87414</t>
+  </si>
+  <si>
+    <t>j5create USB-C to 4-Port HDMI Multi-Monitor Adapter</t>
+  </si>
+  <si>
+    <t>J5-JCA366</t>
+  </si>
+  <si>
+    <t>ATEN True 4K HDMI EDID Emulator Adapter</t>
+  </si>
+  <si>
+    <t>ATEN-VC081A-AT</t>
+  </si>
+  <si>
+    <t>Delock HDMI UHD Switch 5 x HDMI in &gt; 1 x HDMI out 4K</t>
+  </si>
+  <si>
+    <t>DELOCK-18685</t>
+  </si>
+  <si>
+    <t>HDMI Switch ATEN VS481B 4-Port 4K</t>
+  </si>
+  <si>
+    <t>ATEN-VS481B-AT-G</t>
+  </si>
+  <si>
+    <t>USB Extender by single CAT5e/6 till 100 m ESTILLO ASKHU04-USB 1x4</t>
+  </si>
+  <si>
+    <t>EST-USB-EXTENDER-1-4</t>
+  </si>
+  <si>
+    <t>ASK HDMI 4X1 Quad Multi-Viewer</t>
+  </si>
+  <si>
+    <t>EST-HDMI-SWITCH-1-4</t>
+  </si>
+  <si>
+    <t>HDMI splitter ESTILLO HDSP0008M1, 1/4, 4K/60Hz</t>
+  </si>
+  <si>
+    <t>EST-HDMI-SPLITTER-1-8-4K</t>
+  </si>
+  <si>
+    <t>HDMI &amp; USB Extender VE803</t>
+  </si>
+  <si>
+    <t>ATEN-VE803</t>
+  </si>
+  <si>
+    <t>HDMI Extender (amplifier) ESTILLO HDEX008M1, amplifies HDMI signal up to 150 m via UTP cable</t>
+  </si>
+  <si>
+    <t>EST-HDMI-EXTENDER-150</t>
+  </si>
+  <si>
+    <t>Delock HDMI Extender Set over Cat.6 cable 4K 30 Hz</t>
+  </si>
+  <si>
+    <t>DELOCK-65832</t>
+  </si>
+  <si>
+    <t>Delock HDMI Transmitter for Video over IP</t>
+  </si>
+  <si>
+    <t>DELOCK-65950</t>
+  </si>
+  <si>
+    <t>Delock HDMI Receiver for Video over IP</t>
+  </si>
+  <si>
+    <t>DELOCK-65951</t>
+  </si>
+  <si>
+    <t>ATEN 4-Port USB 2.0 CAT 5 Extender (up to 50m)</t>
+  </si>
+  <si>
+    <t>ATEN-UCE3250-AT-G</t>
+  </si>
+  <si>
+    <t>HDMI splitter ESTILLO, HDSP0116M, 1/16</t>
+  </si>
+  <si>
+    <t>EST-HDMI-SPLITTER-1-16</t>
+  </si>
+  <si>
+    <t>ATEN VS184B, 4-Port True 4K HDMI Splitter</t>
+  </si>
+  <si>
+    <t>ATEN-VS184B</t>
+  </si>
+  <si>
+    <t>HDMI over IP extender set CATx up to 100 meter</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-EXT-AC7850</t>
+  </si>
+  <si>
+    <t>ATEN VS0801H 8-Port HDMI Switch</t>
+  </si>
+  <si>
+    <t>ATEN-VS0801H</t>
   </si>
   <si>
     <t>on route</t>
-  </si>
-[...385 lines deleted...]
-    <t>EWENT-ACT-EXT-AC7850</t>
   </si>
   <si>
     <t>ATEN HDMI HDBaseT-Lite Extender (4K@40m) (HDBaseT Class B)</t>
   </si>
   <si>
     <t>ATEN-VE801</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -968,1216 +968,1216 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>7.416</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>7.812</v>
+        <v>7.8</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>8.088</v>
+        <v>7.812</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>9.18</v>
+        <v>8.088</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>9.48</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>9.636</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>9.816</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>9.864</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C11">
         <v>10.224</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C12">
         <v>10.26</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C13">
         <v>10.296</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>10.716</v>
+        <v>12.492</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C15">
         <v>14.148</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C16">
         <v>14.148</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C17">
         <v>14.16</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C18">
         <v>14.52</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>14.856</v>
+        <v>14.784</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C20">
         <v>16.8</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>21.288</v>
+        <v>19.44</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>21.78</v>
+        <v>19.572</v>
       </c>
       <c r="D22" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C23">
-        <v>22.056</v>
+        <v>21.288</v>
       </c>
       <c r="D23" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C24">
-        <v>22.8</v>
+        <v>22.008</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C25">
-        <v>23.544</v>
+        <v>22.8</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" t="s">
+        <v>55</v>
+      </c>
+      <c r="C26">
+        <v>24.12</v>
+      </c>
+      <c r="D26" t="s">
         <v>56</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>27.9</v>
+        <v>25.632</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C28">
         <v>29.868</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C29">
         <v>31.236</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C30">
         <v>31.308</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C31">
         <v>32.112</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="C32">
         <v>32.928</v>
       </c>
       <c r="D32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>33.528</v>
+        <v>33.576</v>
       </c>
       <c r="D33" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>40.38</v>
+        <v>39.384</v>
       </c>
       <c r="D34" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>40.452</v>
+        <v>40.356</v>
       </c>
       <c r="D35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>40.608</v>
+        <v>40.452</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>41.892</v>
+        <v>40.608</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C38">
         <v>42.0</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="C39">
         <v>42.0</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>42.0</v>
+        <v>42.36</v>
       </c>
       <c r="D40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>43.224</v>
+        <v>42.444</v>
       </c>
       <c r="D41" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="C42">
         <v>45.036</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="C43">
         <v>45.432</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C44">
         <v>46.476</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>46.524</v>
+        <v>47.52</v>
       </c>
       <c r="D45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="C46">
         <v>47.856</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="C47">
         <v>47.856</v>
       </c>
       <c r="D47" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="C48">
         <v>49.8</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>53.208</v>
+        <v>53.64</v>
       </c>
       <c r="D49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C50">
         <v>54.0</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="C51">
         <v>57.336</v>
       </c>
       <c r="D51" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="C52">
         <v>57.576</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="C53">
         <v>61.596</v>
       </c>
       <c r="D53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>63.6</v>
+        <v>64.092</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C55">
         <v>66.0</v>
       </c>
       <c r="D55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="C56">
         <v>70.8</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="C57">
         <v>72.408</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="C58">
         <v>74.124</v>
       </c>
       <c r="D58" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>78.0</v>
+        <v>74.4</v>
       </c>
       <c r="D59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>85.788</v>
+        <v>75.6</v>
       </c>
       <c r="D60" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>87.948</v>
+        <v>78.0</v>
       </c>
       <c r="D61" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>87.996</v>
+        <v>86.4</v>
       </c>
       <c r="D62" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63">
+        <v>87.996</v>
+      </c>
+      <c r="D63" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
-        <v>96.804</v>
+        <v>88.284</v>
       </c>
       <c r="D64" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>134</v>
       </c>
       <c r="B65" t="s">
         <v>135</v>
       </c>
       <c r="C65">
-        <v>98.076</v>
+        <v>94.8</v>
       </c>
       <c r="D65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
-        <v>100.8</v>
+        <v>98.076</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
-        <v>113.676</v>
+        <v>100.8</v>
       </c>
       <c r="D67" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
         <v>122.748</v>
       </c>
       <c r="D68" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
         <v>124.068</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
-        <v>142.044</v>
+        <v>141.6</v>
       </c>
       <c r="D70" t="s">
-        <v>146</v>
+        <v>56</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>146</v>
+      </c>
+      <c r="B71" t="s">
         <v>147</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>145.092</v>
+        <v>142.044</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>131</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>148</v>
+      </c>
+      <c r="B72" t="s">
         <v>149</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>154.8</v>
+        <v>145.092</v>
       </c>
       <c r="D72" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>150</v>
+      </c>
+      <c r="B73" t="s">
         <v>151</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>162.924</v>
+        <v>154.8</v>
       </c>
       <c r="D73" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>152</v>
+      </c>
+      <c r="B74" t="s">
         <v>153</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>164.616</v>
+        <v>162.924</v>
       </c>
       <c r="D74" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>154</v>
+      </c>
+      <c r="B75" t="s">
         <v>155</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>174.0</v>
+        <v>164.616</v>
       </c>
       <c r="D75" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>156</v>
+      </c>
+      <c r="B76" t="s">
         <v>157</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>175.5</v>
+        <v>174.0</v>
       </c>
       <c r="D76" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>158</v>
+      </c>
+      <c r="B77" t="s">
         <v>159</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>175.896</v>
+        <v>175.5</v>
       </c>
       <c r="D77" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>160</v>
+      </c>
+      <c r="B78" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="C78">
         <v>180.0</v>
       </c>
       <c r="D78" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>162</v>
+      </c>
+      <c r="B79" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="C79">
         <v>204.06</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>164</v>
+      </c>
+      <c r="B80" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="C80">
         <v>216.516</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>166</v>
+      </c>
+      <c r="B81" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="C81">
         <v>216.516</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>168</v>
+      </c>
+      <c r="B82" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="C82">
         <v>216.804</v>
       </c>
       <c r="D82" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>170</v>
+      </c>
+      <c r="B83" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="C83">
         <v>222.0</v>
       </c>
       <c r="D83" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>172</v>
+      </c>
+      <c r="B84" t="s">
         <v>173</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>263.388</v>
+        <v>239.808</v>
       </c>
       <c r="D84" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>174</v>
+      </c>
+      <c r="B85" t="s">
         <v>175</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>295.836</v>
+        <v>258.0</v>
       </c>
       <c r="D85" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>176</v>
+      </c>
+      <c r="B86" t="s">
         <v>177</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86">
+        <v>263.388</v>
+      </c>
+      <c r="D86" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>179</v>
       </c>
       <c r="B87" t="s">
         <v>180</v>
       </c>
       <c r="C87">
         <v>434.904</v>
       </c>
       <c r="D87" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D88"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>