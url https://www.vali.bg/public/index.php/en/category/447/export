--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -14,98 +14,101 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$18</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Toner bottle for RICOH MP-2014/2014D/2014AD, 4000p., Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP2014</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Toner bottle for RICOH MP 2501E, 2001SP, 9000p., Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP2501E</t>
+  </si>
+  <si>
+    <t>Toner bottle for RICOH MP 201, 7000 p., Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP201</t>
+  </si>
+  <si>
     <t>available</t>
   </si>
   <si>
-    <t>Toner bottle for RICOH MP 2501E, 2001SP, 9000p., Black</t>
-[...13 lines deleted...]
-  <si>
     <t>Toner bottle RICOH MP-2014/2014D/2014AD, 12 000p., Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP2014H</t>
   </si>
   <si>
     <t>Toner  Ricoh MC2000, for RICOH M C2000, 2500 pages, Magenta</t>
   </si>
   <si>
     <t>RICOH-TON-MC2000L-MAG</t>
+  </si>
+  <si>
+    <t>on route</t>
   </si>
   <si>
     <t>Toner  Ricoh MC2000, for RICOH M C2000, 2500 pages, Cyan</t>
   </si>
   <si>
     <t>RICOH-TON-MC2000L-CYAN</t>
   </si>
   <si>
     <t>Toner Ricoh MC2000, for RICOH M C2000, 2500 pages, Yellow</t>
   </si>
   <si>
     <t>RICOH-TON-MC2000L-YEL</t>
   </si>
   <si>
     <t>Toner bottle for RICOH MP2000, 1230D, 9000p., Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP2000</t>
   </si>
   <si>
     <t>Toner Ricoh IMC2500, for RICOH IM C2000/C2500, 16500 pages, Black</t>
   </si>
   <si>
     <t>RICOH-TON-IMC2500-BL</t>
   </si>
@@ -528,247 +531,247 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>38.772</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>49.308</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C4">
         <v>60.132</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>64.224</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>74.544</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>74.544</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
         <v>74.544</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
         <v>81.348</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>110.352</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>115.2</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>177.012</v>
+        <v>177.0</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>188.808</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
         <v>188.808</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
         <v>264.288</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
         <v>264.288</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
         <v>264.288</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D18"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>