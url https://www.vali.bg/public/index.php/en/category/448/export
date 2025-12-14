--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -447,51 +447,51 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>8.4</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>9.6</v>
+        <v>10.2</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>12.6</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D5"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">