--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -34,251 +34,251 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Lead Battery (RT628) AGM 6V / 2.8Ah - 66.5 / 34 / 97 mm  T1  RITAR</t>
   </si>
   <si>
     <t>RITAR-RT628</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Lead Battery TED ELECTRIC, 6V, 6.1Ah, 70/ 47/ 100 mm, AGM</t>
+  </si>
+  <si>
+    <t>TED-6V-4.5-AGM</t>
+  </si>
+  <si>
     <t>available</t>
   </si>
   <si>
     <t>Lead Battery (RT645) AGM 6V / 4.5Ah - 70 / 47 / 99mm T1  RITAR</t>
   </si>
   <si>
     <t>RITAR-RT645</t>
   </si>
   <si>
+    <t>Lead Battery TED-1225 ;12V / 2.5 Ah  AGM 177/35/62 mm</t>
+  </si>
+  <si>
+    <t>TED-1225</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>Lead Battery (RT632) AGM 6V / 3.2Ah - 134 / 34 / 60 mm T1  RITAR</t>
   </si>
   <si>
     <t>RITAR-RT632</t>
   </si>
   <si>
     <t>Lead Battery RITAR RITAR (RT1213), 12V / 1.3 Ah- 98/43,5/53 mm AGM</t>
   </si>
   <si>
     <t>RITAR-RT1213</t>
   </si>
   <si>
-    <t>Lead Battery TED ELECTRIC, 6V, 6.1Ah, 70/ 47/ 100 mm, AGM</t>
-[...4 lines deleted...]
-  <si>
     <t>Lead Battery (RT640S) AGM 6V / 4Ah - 194 / 25 / 62 mm T1  RITAR</t>
   </si>
   <si>
     <t>RITAR-RT640S</t>
   </si>
   <si>
     <t>Lead Battery (RT670) AGM 6V / 7Ah - 151 / 34 / 94 mm T1  RITAR</t>
   </si>
   <si>
     <t>RITAR-RT670</t>
   </si>
   <si>
-    <t>Lead Battery TED-1225 ;12V / 2.5 Ah  AGM 177/35/62 mm</t>
-[...7 lines deleted...]
-  <si>
     <t>Lead Battery RITAR (RT1223) ;12V / 2.3 Ah  AGM 177/35/62 mm</t>
   </si>
   <si>
     <t>RITAR-RT1223</t>
   </si>
   <si>
     <t xml:space="preserve">Lead Battery RITAR (RT1232)  12V / 3.2 Ah -  AGM 134 / 67 / 60 mm </t>
   </si>
   <si>
     <t>RITAR-RT1232</t>
   </si>
   <si>
     <t>Lead Battery (RT1250) AGM  12V / 5Ah - 90 / 70 / 101mm T1  RITAR</t>
   </si>
   <si>
     <t>RITAR-RT1250-1</t>
   </si>
   <si>
     <t>Lead Battery (RT6120) AGM 6V / 12Ah - 150 / 50 / 93 mm T1  RITAR</t>
   </si>
   <si>
     <t>RITAR-RT6120</t>
   </si>
   <si>
     <t>Lead Battery (RT1250) AGM  12V / 5Ah - 90 / 70 / 101mm T2  RITAR</t>
   </si>
   <si>
     <t>RITAR-RT1250</t>
   </si>
   <si>
+    <t>Lead Battery  AGM  12V / 5Ah - 90 / 70 / 101mm T2  TED ELECTRIC</t>
+  </si>
+  <si>
+    <t>TED-12V-5AH</t>
+  </si>
+  <si>
     <t>Lead Battery RITAR (HR12-20BW) 12V / 5 Ah HR-  AGM 151/ 50/ 95mm</t>
   </si>
   <si>
     <t>RITAR-HR12-20BW</t>
   </si>
   <si>
     <t>Lead Battery (RT1270) AGM  12V / 7Ah - 151 / 65 / 94 mm T1  RITAR</t>
   </si>
   <si>
     <t>RITAR-RT1270-1</t>
   </si>
   <si>
-    <t>Lead Battery  AGM  12V / 5Ah - 90 / 70 / 101mm T2  TED ELECTRIC</t>
-[...4 lines deleted...]
-  <si>
     <t>Lead Battery (RT1270) AGM  12V / 7Ah - 151 / 65 / 94 mm T2  RITAR</t>
   </si>
   <si>
     <t>RITAR-RT1270</t>
   </si>
   <si>
     <t>Lead Battery AGM  12V / 7Ah - 151 / 65 / 94 mm T2  TED ELECTRIC</t>
   </si>
   <si>
     <t>TED-12V-7AH-AGM</t>
   </si>
   <si>
     <t>Lead Battery (RT1290) AGM 12V / 9Ah  - 151 / 65 / 94 mm T2 RITAR</t>
   </si>
   <si>
     <t>RITAR-RT1290</t>
   </si>
   <si>
+    <t>Lead Battery  AGM 12V / 9Ah  - 151 / 65 / 94 mm T2 TEC ELECTRIC</t>
+  </si>
+  <si>
+    <t>TED-12V-9AH-AGM</t>
+  </si>
+  <si>
     <t>Lead Battery (HR12-36W) VRLA 12V / 9Ah  - 151 / 65 / 94 mm T2 RITAR</t>
   </si>
   <si>
     <t>RITAR-HR12-36W</t>
   </si>
   <si>
-    <t>Lead Battery  AGM 12V / 9Ah  - 151 / 65 / 94 mm T2 TEC ELECTRIC</t>
-[...2 lines deleted...]
-    <t>TED-12V-9AH-AGM</t>
+    <t>Lead Battery TED ELECTRIC 12 V / 12 Ah- 152 / 98 / 96 mm AGM</t>
+  </si>
+  <si>
+    <t>TED-12V-12-AGM</t>
   </si>
   <si>
     <t>Lead Battery RITAR (RT12120) AGM  12V / 12 Ah - 151 / 98 / 95mm T2 RITAR</t>
   </si>
   <si>
     <t>RITAR-RT12120</t>
   </si>
   <si>
-    <t>Lead Battery TED ELECTRIC 12 V / 12 Ah- 152 / 98 / 96 mm AGM</t>
-[...4 lines deleted...]
-  <si>
     <t>TED ELECTRIC voltage converter  220V / 110V  Up / Down  500VA  TED003676</t>
   </si>
   <si>
     <t>TED-VOLTAGE-CONV-500VA</t>
   </si>
   <si>
     <t>Lead Battery /for electric vehicles/ (EV12-12) AGM  12V / 12 Ah - 151 / 98 / 95mm T2 RITAR</t>
   </si>
   <si>
     <t>RITAR-EV12-12</t>
   </si>
   <si>
+    <t>Lead Battery /for electric vehicles/ TED ELECTRIC  EV12 -14.5 AGM  12V / 14.5 Ah - 151 / 98 / 95mm T2</t>
+  </si>
+  <si>
+    <t>TED-EV12-14.5</t>
+  </si>
+  <si>
+    <t>Lead Battery TED ELECTRIC 12V / 18.5Ah - 181 / 76 / 167mm AGM</t>
+  </si>
+  <si>
+    <t>TED-12V-18.5-AGM</t>
+  </si>
+  <si>
     <t>Lead Battery (RT12180) AGM  12V / 18Ah  181/76/167 mm F13(M5)  RITAR</t>
   </si>
   <si>
     <t>RITAR-RT12180</t>
   </si>
   <si>
-    <t>Lead Battery /for electric vehicles/ TED ELECTRIC  EV12 -14.5 AGM  12V / 14.5 Ah - 151 / 98 / 95mm T2</t>
-[...10 lines deleted...]
-  <si>
     <t>Lead Battery /for electric vehicles/ (EV12-18) AGM  12V / 18Ah  181/77/167 mm F13(M5)  RITAR</t>
   </si>
   <si>
     <t>RITAR-EV12-18</t>
   </si>
   <si>
+    <t>TED ELECTRIC voltage converter  220V / 110V  Up / Down  1000VA  TED003645</t>
+  </si>
+  <si>
+    <t>TED-VOLTAGE-CONV-1000VA</t>
+  </si>
+  <si>
     <t>Lead Battery  (RT12260) AGM  12V / 26 Ah - 166 / 176 / 125mm T F13(M5) RITAR</t>
   </si>
   <si>
     <t>RITAR-RT12260</t>
   </si>
   <si>
+    <t>Lead Battery  AGM  12V / 26 Ah/28,5Ah  - 166 / 176 / 125mm терминал F13(M5) TED ELECTRIC</t>
+  </si>
+  <si>
+    <t>TED-12V-26AH</t>
+  </si>
+  <si>
     <t>Lead Battery /for electric vehicles/ (EV12-24) AGM  12V / 24Ah -182.5 / 78.5 /170 mm  RITAR</t>
   </si>
   <si>
     <t>RITAR-EV12-24</t>
   </si>
   <si>
-    <t>TED ELECTRIC voltage converter  220V / 110V  Up / Down  1000VA  TED003645</t>
-[...13 lines deleted...]
-  <si>
     <t>Lead Battery /for electric vehicles/ RITAR (EV12-33) 12V / 33 Ah- 195 / 130 / 160 mm GEL</t>
   </si>
   <si>
     <t>RITAR-EV12-33</t>
   </si>
   <si>
     <t>Lead Battery (RA12-45) AGM 12V / 45 Ah - 198 / 166/ 169mm терминал F11(M6) RITAR</t>
   </si>
   <si>
     <t>RITAR-RA12-45</t>
   </si>
   <si>
     <t>Lead Battery /for electric vehicles/ (EV12-45) AGM  12V / 45Ah -198 / 166 /169 mm  RITAR</t>
   </si>
   <si>
     <t>RITAR-EV12-45</t>
   </si>
   <si>
     <t>Lead Battery (RA12-70) AGM 12V / 70 Ah - 350 / 167 / 182mm T F11(M6) RITAR</t>
   </si>
   <si>
     <t>RITAR-RA12-70</t>
   </si>
   <si>
     <t>Lead Battery /for electric vehicles/ (EV12-55) AGM  12V / 55Ah -229 / 138 /211 mm  RITAR</t>
@@ -295,150 +295,150 @@
   <si>
     <t>Lead Battery AGM Deep cycle for solar systems RITAR (DC12-55)12V/55Ah -229 / 138 /211 mm  F15/M6 / F11/M6  RITAR</t>
   </si>
   <si>
     <t>RITAR-DC12-55</t>
   </si>
   <si>
     <t>Lead Battery gel for solar systems RITAR (DG12-55)12V/55Ah -229 / 138 /211 mm  F15/M6 / F11/M6  RITAR</t>
   </si>
   <si>
     <t>RITAR-DG12-55</t>
   </si>
   <si>
     <t>Lead Battery /for electric vehicles/ (EV12-75) AGM  12V / 75Ah -229 / 138 /211 mm  RITAR</t>
   </si>
   <si>
     <t>RITAR-EV12-75</t>
   </si>
   <si>
     <t>Lead Battery AGM Deep cycle  for solar systems RITAR (DC12-65)12V/65Ah -350 / 167 /182 mm  F5/M8 / F11/M6  RITAR</t>
   </si>
   <si>
     <t>RITAR-DC12-65</t>
   </si>
   <si>
+    <t>Lead Battery (RA12-100S) AGM 12V / 100 Ah - 306.5 / 168.5 / 210mm  F15(M6) RITAR</t>
+  </si>
+  <si>
+    <t>RITAR-RA12-100S</t>
+  </si>
+  <si>
     <t xml:space="preserve">Lead Battery /for electric vehicles/ RITAR (EV12-100S) 12V / 100Ah 306/ 168/ 211 mm </t>
   </si>
   <si>
     <t>RITAR-EV12-100S</t>
   </si>
   <si>
-    <t>Lead Battery (RA12-100S) AGM 12V / 100 Ah - 306.5 / 168.5 / 210mm  F15(M6) RITAR</t>
-[...4 lines deleted...]
-  <si>
     <t>Lead Battery gel for solar systems RITAR (DG12-65)12V/65Ah -350 / 167 /182 mm  F5/M8 / F11/M6  RITAR</t>
   </si>
   <si>
     <t>RITAR-DG12-65</t>
   </si>
   <si>
     <t>Lead Battery AGM for solar systems RITAR (DC12-80)12V/80Ah -350 / 167 /180  mm F15/M8 / F11/M6  RITAR</t>
   </si>
   <si>
     <t>RITAR-DC12-80</t>
   </si>
   <si>
     <t>Lead Battery AGM Deep Cycle for solar systems RITAR (DC12-100)12V/100Ah -328 /172/219mm F12/M8 RITAR</t>
   </si>
   <si>
     <t>RITAR-DC12-100</t>
   </si>
   <si>
     <t>Lead Battery (RA12-120) AGM 12V / 120 Ah - 407 / 177 / 225mm  F12(M8) RITAR</t>
   </si>
   <si>
     <t>RITAR-RA12-120</t>
   </si>
   <si>
     <t>Lead Battery gel for solar systems RITAR (DG12-80)12V/80Ah -260 / 169 /211 mm  F15/M6 / F11/M6  RITAR</t>
   </si>
   <si>
     <t>RITAR-DG12-80</t>
   </si>
   <si>
+    <t xml:space="preserve">Lead Battery gel for solar systems TED ELECTRIC 12V/102Ah -330 /173/220mm F12/M8 </t>
+  </si>
+  <si>
+    <t>TED-12V-102-AGM</t>
+  </si>
+  <si>
     <t>Lead Battery gel for solar systems RITAR (DG12-100)12V/100Ah -328 /172/219mm F12/M8 RITAR</t>
   </si>
   <si>
     <t>RITAR-DG12-100</t>
   </si>
   <si>
-    <t xml:space="preserve">Lead Battery gel for solar systems TED ELECTRIC 12V/102Ah -330 /173/220mm F12/M8 </t>
-[...4 lines deleted...]
-  <si>
     <t>Lead Battery AGM Deep cycle  for solar systems RITAR (DC12-150)12V/150Ah -483 / 170 /241 mm F12/M8 RITAR</t>
   </si>
   <si>
     <t>RITAR-DC12-150</t>
   </si>
   <si>
     <t>Lead Battery gel for solar systems RITAR (DG12-150)12V/150Ah -483 / 170 /241 mm F12/M8 RITAR</t>
   </si>
   <si>
     <t>RITAR-DG12-150</t>
   </si>
   <si>
     <t>Lead Battery AGM for solar systems RITAR \ (DC12-200)12V/200Ah -522 /240/219mm F10/M8 RITAR</t>
   </si>
   <si>
     <t>RITAR-DC12-200</t>
   </si>
   <si>
     <t>Lead Battery gel for solar systems RITAR \ (DG12-200)12V/200Ah -522 /240/219mm F10/M8 RITAR</t>
   </si>
   <si>
     <t>RITAR-DG12-200</t>
   </si>
   <si>
     <t>Lithium Ion batteries for solar systems LFP12.8V100AH  12V / 100Ah -330/ 172 /214 mm  F12/M8  RITAR</t>
   </si>
   <si>
     <t>RITAR-LFP-12.8V-100AH</t>
   </si>
   <si>
     <t>Lithium Ion batteries for solar systems LFP12.8V200AH  12V / 200Ah -522/ 240 /219 mm  F12/M8  RITAR</t>
   </si>
   <si>
     <t>RITAR-LFP-12.8V-200AH</t>
   </si>
   <si>
+    <t>Lithium Ion batteries rackmount for solar systems BAT-5KWH  51.2V / 100Ah -442/ 450 /175 mm 2P16S  RITAR</t>
+  </si>
+  <si>
+    <t>RITAR-5KWH-51.2V-100AH</t>
+  </si>
+  <si>
     <t>Lithium Ion batteries rackmount for solar systems LFP48V100AH  48V / 100Ah -442/ 450 /175 mm  RITAR</t>
   </si>
   <si>
     <t>RITAR-R-LFP-48V-100AH</t>
-  </si>
-[...4 lines deleted...]
-    <t>RITAR-5KWH-51.2V-100AH</t>
   </si>
   <si>
     <t>Lithium Ion batteries for solar systems BAT-10KWH  51.2V / 200Ah 1090 X 600 X 215mm   RITAR</t>
   </si>
   <si>
     <t>RITAR-10KWH-51.2V-200AH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -784,894 +784,894 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>19.38</v>
+        <v>22.8</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>20.916</v>
+        <v>23.4</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>21.42</v>
+        <v>24.6</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>22.44</v>
+        <v>25.2</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>23.4</v>
+        <v>25.2</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>23.46</v>
+        <v>26.4</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>24.48</v>
+        <v>27.6</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>25.2</v>
+        <v>28.8</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>26.52</v>
+        <v>31.2</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>28.56</v>
+        <v>33.6</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>28.56</v>
+        <v>33.6</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>29.58</v>
+        <v>34.8</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>30.6</v>
+        <v>36.0</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>35.7</v>
+        <v>36.0</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>35.7</v>
+        <v>42.0</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>36.0</v>
+        <v>42.0</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
-        <v>38.76</v>
+        <v>45.6</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
         <v>45.6</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
-        <v>45.9</v>
+        <v>54.0</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
-        <v>48.96</v>
+        <v>54.0</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
-        <v>54.0</v>
+        <v>57.6</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
-        <v>66.3</v>
+        <v>72.0</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
-        <v>72.0</v>
+        <v>78.0</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
         <v>78.0</v>
       </c>
       <c r="D25" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C26">
-        <v>79.56</v>
+        <v>93.6</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27">
-        <v>86.7</v>
+        <v>93.6</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C28">
-        <v>93.6</v>
+        <v>102.0</v>
       </c>
       <c r="D28" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C29">
         <v>102.0</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C30">
-        <v>102.0</v>
+        <v>120.0</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C31">
-        <v>137.7</v>
+        <v>156.0</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C32">
-        <v>142.8</v>
+        <v>162.0</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C33">
-        <v>156.0</v>
+        <v>162.0</v>
       </c>
       <c r="D33" t="s">
-        <v>70</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>162.0</v>
+        <v>168.0</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>173.4</v>
+        <v>204.0</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>183.6</v>
+        <v>216.0</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>209.1</v>
+        <v>246.0</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>224.4</v>
+        <v>264.0</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>229.5</v>
+        <v>270.0</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>234.6</v>
+        <v>276.0</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>265.2</v>
+        <v>312.0</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>295.8</v>
+        <v>348.0</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>300.9</v>
+        <v>354.0</v>
       </c>
       <c r="D43" t="s">
-        <v>70</v>
+        <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>316.2</v>
+        <v>372.0</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>326.4</v>
+        <v>390.0</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>331.5</v>
+        <v>408.0</v>
       </c>
       <c r="D46" t="s">
-        <v>70</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>346.8</v>
+        <v>408.0</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>351.9</v>
+        <v>414.0</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>382.5</v>
+        <v>450.0</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>387.6</v>
+        <v>456.0</v>
       </c>
       <c r="D50" t="s">
-        <v>70</v>
+        <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>392.7</v>
+        <v>462.0</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>408.0</v>
+        <v>474.0</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>474.0</v>
+        <v>510.0</v>
       </c>
       <c r="D53" t="s">
-        <v>70</v>
+        <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>550.8</v>
+        <v>648.0</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>601.8</v>
+        <v>708.0</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>601.8</v>
+        <v>708.0</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>663.0</v>
+        <v>780.0</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>765.0</v>
+        <v>900.0</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>1377.0</v>
+        <v>1620.0</v>
       </c>
       <c r="D59" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>1989.0</v>
+        <v>2244.0</v>
       </c>
       <c r="D60" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>2244.0</v>
+        <v>2340.0</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>4233.0</v>
+        <v>4029.0</v>
       </c>
       <c r="D62" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D63"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>