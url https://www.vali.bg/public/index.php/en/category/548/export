--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -34,81 +34,81 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Filament dryer for Creality Space Pi Plus 3D printer, for 2 rolls</t>
   </si>
   <si>
     <t>CREALITY-SPACE-X2</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
+    <t>on route</t>
   </si>
   <si>
     <t>XYZprinting Laser Engraver Module for 3D Da Vinci F1.0 Professional MR USB/ WiFi</t>
   </si>
   <si>
     <t>3D-XYZ-DAVINCI-LASER</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>3D Pen EDUstick</t>
   </si>
   <si>
     <t>3D-PEN-EDUSTICK</t>
   </si>
   <si>
     <t>Filament dryer for 3D printer Creality Space Pi x4, for 4 rolls</t>
   </si>
   <si>
     <t>CREALITY-SPACE-X4</t>
   </si>
   <si>
+    <t>3D Printer Creality Ender-3 V3 SE</t>
+  </si>
+  <si>
+    <t>CREALITY-ENDER3-V3-SE</t>
+  </si>
+  <si>
     <t>not available</t>
-  </si>
-[...4 lines deleted...]
-    <t>CREALITY-ENDER3-V3-SE</t>
   </si>
   <si>
     <t>3D printer FlashForge ADX5 Multi color</t>
   </si>
   <si>
     <t>FLASH-3D-AD5X</t>
   </si>
   <si>
     <t>3D printer FlashForge Adventurer 5M Pro</t>
   </si>
   <si>
     <t>FLASH-3D-ADV5MPRO</t>
   </si>
   <si>
     <t>3D Printer Creality K1 Max</t>
   </si>
   <si>
     <t>CREALITY-K1-MAX</t>
   </si>
   <si>
     <t>Creality K2 PLUS / COMBO 3D color printer</t>
   </si>
   <si>
     <t>CREALITY-K2-PL-COMBO</t>
   </si>
@@ -447,177 +447,177 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>159.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>210.0</v>
+        <v>178.8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>234.996</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>329.004</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C6">
         <v>399.0</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
         <v>898.992</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>1198.8</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>1499.004</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>2999.004</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D11"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>