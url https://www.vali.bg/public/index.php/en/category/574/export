--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$19</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Replacement Blades for Glass Ceramic Hobs, Xavax-110726</t>
   </si>
   <si>
     <t>HAMA-110726</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Reusable Baking Foil, Can Be Trimmed to Size, 111495</t>
   </si>
   <si>
@@ -88,84 +88,87 @@
   <si>
     <t>Xavax Flat Filter for Cooker Hoods, 110830</t>
   </si>
   <si>
     <t>HAMA-110830</t>
   </si>
   <si>
     <t>Oven Protector Foil Xavax, Reusable, Teflon, 111480</t>
   </si>
   <si>
     <t>HAMA-111480</t>
   </si>
   <si>
     <t>Xavax Fleece Filter for Cooker Hoods, 2 pcs, 110831</t>
   </si>
   <si>
     <t>HAMA-110831</t>
   </si>
   <si>
     <t>Xavax Universal Comb Filter for Fryers, 110872</t>
   </si>
   <si>
     <t>HAMA-110872</t>
   </si>
   <si>
+    <t>Closure Clips Set with Handy Storage Box Xavax 111469</t>
+  </si>
+  <si>
+    <t>HAMA-111469</t>
+  </si>
+  <si>
     <t>Xavax Extractor Flat/Activated Charcoal Filter, Set of 2</t>
   </si>
   <si>
     <t>HAMA-110871</t>
   </si>
   <si>
-    <t>Closure Clips Set with Handy Storage Box Xavax 111469</t>
-[...4 lines deleted...]
-  <si>
     <t>Xavax Activated Carbon Filter for Cooker Hoods, set of 2, 110832</t>
   </si>
   <si>
     <t>HAMA-110832</t>
   </si>
   <si>
     <t>Xavax Protective Inlay for Air Fryers, Non-Slip Mats, 111419</t>
   </si>
   <si>
     <t>HAMA-111419</t>
   </si>
   <si>
     <t>Hama Outdoor Bag, 10 l, black</t>
   </si>
   <si>
     <t>HAMA-178174</t>
   </si>
   <si>
     <t>"Basic" 4in1 Combi Filter, HAMA-186439</t>
   </si>
   <si>
     <t>HAMA-186439</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Xavax 2-Phase Professional Tablets for Dishwashers, 111735</t>
   </si>
   <si>
     <t>HAMA-111735</t>
   </si>
   <si>
     <t>Mini ARCTIC Fridge (EU) 4L</t>
   </si>
   <si>
     <t>ARCTIC-AC-ACOTH00009A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -492,51 +495,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>6.996</v>
@@ -559,51 +562,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>8.064</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>8.904</v>
+        <v>8.784</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
         <v>9.84</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
@@ -629,160 +632,160 @@
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>10.8</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>12.996</v>
+        <v>11.052</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>14.4</v>
+        <v>13.2</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>15.0</v>
+        <v>14.448</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>17.376</v>
+        <v>18.36</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>20.004</v>
       </c>
       <c r="D14" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>23.964</v>
+        <v>21.6</v>
       </c>
       <c r="D15" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>44.22</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>47.364</v>
+        <v>47.4</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
         <v>99.0</v>
       </c>
       <c r="D18" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D19"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 