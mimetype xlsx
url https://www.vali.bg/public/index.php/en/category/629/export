--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -52,72 +52,72 @@
   <si>
     <t>Cudy R700, Gigabit Multi-WAN VPN Router</t>
   </si>
   <si>
     <t>CUDY-ROUT-R700</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Ethernet router MiKrotik RB750R2, 10/100 Mbps, PoE, 64 MB, CPU 850MHz, White</t>
   </si>
   <si>
     <t>MIKROTIK-RB750R2</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Ethernet router MiKrotik RB750UPr2, 10/100 Mbps, PoE, 64 MB, CPU 650MHz, White</t>
   </si>
   <si>
     <t>MIKROTIK-RB750UPr2</t>
   </si>
   <si>
+    <t>Router MikroTik 10/100/1000Mbit, PoE, RAM - 512 MB, USB - А, RouterOS v7, License level 4</t>
+  </si>
+  <si>
+    <t>MIKROTIK-E50UG-hEX</t>
+  </si>
+  <si>
+    <t>Ethernet router MiKrotik RB750GR3 HEX, 5 x 10/100/1000 Mbps, PoE, White</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB750GR3</t>
+  </si>
+  <si>
     <t>Cloud Router Switch Mikrotik CRS106-1C-5S, 1xGigabit LAN, 5xSFP cages</t>
   </si>
   <si>
     <t>MIKROTIK-CRS106-1C-5S</t>
   </si>
   <si>
-    <t>Router MikroTik 10/100/1000Mbit, PoE, RAM - 512 MB, USB - А, RouterOS v7, License level 4</t>
-[...14 lines deleted...]
-    <t>MIKROTIK-RB760iGS</t>
+    <t>Mikrotik Router E60iUGS hEX S routerOS L4</t>
+  </si>
+  <si>
+    <t>MIKROTIK-E60iUGS</t>
   </si>
   <si>
     <t>Router MikroTik RB960PGS, 128MB, 5x Gigabit LAN, PoE, USB, 10/100/1000Mbit, WiFi, RouterOS L4</t>
   </si>
   <si>
     <t>MIKROTIK-RB960PGS-HEX-POE</t>
   </si>
   <si>
     <t>Router MikroTik L009UiGS-RM, CPU 800MHz, 12 RAM, 8xGigabit, 1xSFP, USB 3.0</t>
   </si>
   <si>
     <t>MIKROTIK-L009UiGS-RM</t>
   </si>
   <si>
     <t>Router ASUS ExpertWiFi EBG19P - PoE, 8x10/100/1000, 1xWAN Primary AiMesh</t>
   </si>
   <si>
     <t>ASUS-RT-EBG19P</t>
   </si>
   <si>
     <t>Router MikroTik RB4011iGS+RM, CPU 1.4GHz, 1GB, 10xGbit LAN, 1xSFP, PoE in/out 1U</t>
   </si>
   <si>
     <t>MIKROTIK-RB4011IGSplusRM</t>
   </si>
@@ -525,219 +525,219 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>56.4</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>96.48</v>
+        <v>86.4</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>122.928</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>128.004</v>
+        <v>123.036</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>129.6</v>
+        <v>125.664</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>135.672</v>
+        <v>128.004</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>167.232</v>
+        <v>139.2</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>182.304</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>223.056</v>
+        <v>224.1</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>258.996</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>424.308</v>
+        <v>418.464</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>424.62</v>
+        <v>424.764</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>558.0</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>871.056</v>
+        <v>817.416</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>946.368</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>