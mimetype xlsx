--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -14,95 +14,92 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$7</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Universal cabinet Estillo IP-1412, for loading up to 12 pcs. tablets, wall mounting or freestanding.</t>
   </si>
   <si>
     <t>EST-CHARG-IP1412</t>
   </si>
   <si>
-    <t>available</t>
+    <t>not available</t>
   </si>
   <si>
     <t>Universal charging cabinet for up to 12 tablets Estillo IP-2312 for wall mounting or freestanding, 12 x USB-C ports</t>
   </si>
   <si>
     <t>EST-CHARG-IP2312</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Universal charging cabinet for up to 16 tablets Estillo IP-2316 for wall mounting or freestanding, 16 x USB-C ports</t>
   </si>
   <si>
     <t>EST-CHARG-IP2316</t>
   </si>
   <si>
     <t>Tablet Storage and Charging Cart Estillo LP-1224 - For 24 mobile devices</t>
   </si>
   <si>
     <t>EST-CHARG-LP1224</t>
-  </si>
-[...1 lines deleted...]
-    <t>not available</t>
   </si>
   <si>
     <t>Tablet Storage and Charging Cart Estillo LP-1532 - For 32 mobile devices</t>
   </si>
   <si>
     <t>EST-CHARG-LP1532</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -493,65 +490,65 @@
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>1038.0</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>1306.8</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C6">
         <v>1438.8</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D7"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>