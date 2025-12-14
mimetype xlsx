--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -34,72 +34,72 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Flatscreen/vesa interface 481A21</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-VESA</t>
   </si>
   <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Mobile stand 481A31002</t>
+  </si>
+  <si>
+    <t>BALANCE-BOX-400-MOBILE</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Mobile stand 481A31002</t>
-[...4 lines deleted...]
-  <si>
     <t>Height adjustable mount, BalanceBox 400-70 Medium</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-70</t>
   </si>
   <si>
-    <t>not available</t>
-[...5 lines deleted...]
-    <t>TRIUMPH-STAND</t>
+    <t>RISE 5200 Motorized Display Lift Trolley DirectControl</t>
+  </si>
+  <si>
+    <t>TRIUMPH-STAND-RISE5200</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
     <t>BalanceBox Winx Touchscreen Whiteboard Frame</t>
   </si>
   <si>
     <t>BALANCE-BOX-650-WINX4B-75</t>
   </si>
   <si>
     <t>ask for price</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -423,110 +423,110 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>216.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>1140.0</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>1500.0</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>2698.992</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
         <v>0.0</v>