--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$34</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Camera Battery for  barcode scanner LS4278 SYMBOL  NiMH 3.6V 700mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-LS4278BL</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Camera Battery for  barcode scanner Metrologic MS5500, Optimus S  BA-80S700  LiIon  3.7V 750mAh Cameron Sino</t>
   </si>
   <si>
@@ -136,117 +136,120 @@
   <si>
     <t>Camera Battery for  barcode scanner Honeywell 8800, Symbol LS3478 BTRY-LS34IAB00-00   LiIon  3.7V 2200mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-LS3478BL</t>
   </si>
   <si>
     <t>Camera Battery for  barcode scanner Honeywell 3820, 4820, 5620 100000495 LiIon  3.7V 2000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-HY3820BL</t>
   </si>
   <si>
     <t>Camera Battery for  barcode scanner Honeywell 3820, 4820, 5620 100000495 LiIon  3.7V 3400mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-HY3820BX</t>
   </si>
   <si>
     <t>Camera Battery for  barcode scanner Zebra MC3300, MC3200 Motorola MC3200 BTRY-MC32-01-01 LiIon  3.7V 5200mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-MC321XL</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
     <t>Camera Battery for  barcode scanner Datalogic Skorpio X3 X4 BT-0016   LiIon  3.7V 5200mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-DKA300BX</t>
   </si>
   <si>
     <t>Camera Battery for  barcode scanner Honeywell EDA50K ScanPal 50   BAT-EDA50K-1   LiIon  3.8V 4000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-HYD500BL</t>
   </si>
   <si>
     <t>Camera Battery for  barcode scanner Honeywell EDA50   50129589-001   LiPo  3.8V 4000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-HYD400BL</t>
   </si>
   <si>
     <t>Camera Battery for  barcode scanner SYMBOL MC3100 MC3190 82-127912-01 LiIon  3.7V 6800mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-MC310BH</t>
   </si>
   <si>
     <t>Camera Battery for  barcode scanner Zebra MC3300, MC3200 Motorola MC3200 BTRY-MC32-01-01 LiIon  3.7V 6800mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-MC321HL</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>Camera Battery for  barcode scanner Datalogic Skorpio X3 X4 BT-0016   LiIon  3.7V 6800mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-DKA300BH</t>
   </si>
   <si>
     <t>Camera Battery for  barcode scanner Honeywell TXE TECTON MX7  159904-0001   LiIon  7.4V 3400mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-LMX700BX</t>
   </si>
   <si>
     <t>Camera Battery for  barcode scanner ZEBRA/ TEKLOGIX/ MOTOROLA WorkAbout Pro 4  LiIon  3.7V 3300mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-WA3006BX</t>
   </si>
   <si>
     <t>Camera Battery for  barcode scanner Datalogic Falcon X3 X4 94ACC1386 LiIon  3.7V 6800mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-DAX300BH</t>
   </si>
   <si>
     <t>Camera Battery for  barcode scanner Symbol MC55 MC5574  LiIon  3.7V 3600mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-MC550BX</t>
   </si>
   <si>
     <t>Camera Battery for  barcode scanner Intermec CK3 CK3A  318-034-001 LiIon 3.7V 6800mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-ICK300BH</t>
-  </si>
-[...1 lines deleted...]
-    <t>not available</t>
   </si>
   <si>
     <t>Camera Battery for  barcode scanner Honeywell Dolphin CT60 CT65  CT50-BSC-B  LiIPo  3.8V 4700mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-HYT600BL</t>
   </si>
   <si>
     <t>Camera Battery for  barcode scanner Motorola TC70 TC75 82-171249-01  LiIon 3.7V 4550mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-MOT700BL</t>
   </si>
   <si>
     <t>Camera Battery for  barcode scanner SYMBOL MC9000, MC9060 BRTY-MC90SAB00-01 LiIon  7,4V 3400mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-MC90BX</t>
   </si>
   <si>
     <t>Camera Battery for  barcode scanner M3 Mobile BK10 LiPo  3.7V 3600mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-MBK100BL</t>
   </si>
@@ -725,51 +728,51 @@
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>42.0</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>48.0</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>48.0</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
         <v>48.0</v>
@@ -837,255 +840,255 @@
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
         <v>60.0</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
         <v>66.0</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
         <v>72.0</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
         <v>72.0</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
         <v>72.0</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
         <v>78.0</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
         <v>78.0</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C24">
         <v>78.0</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C25">
         <v>78.0</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C26">
         <v>78.0</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C27">
         <v>78.0</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C28">
         <v>78.0</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C29">
         <v>81.6</v>
       </c>
       <c r="D29" t="s">
-        <v>62</v>
+        <v>40</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
         <v>84.0</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
         <v>84.0</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32">
         <v>90.0</v>
       </c>
       <c r="D32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33">
         <v>96.0</v>
       </c>
       <c r="D33" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D34"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 