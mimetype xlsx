--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -37,72 +37,72 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Xavax Universal, Activated Charcoal Filter, 3 Pcs</t>
   </si>
   <si>
     <t>HAMA-181565</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
+    <t>Xiaomi Mi Robot Vacuum-Mop Brush Cover</t>
+  </si>
+  <si>
+    <t>XIAOMI-SKV4130TY</t>
+  </si>
+  <si>
+    <t>Xiaomi Mi Robot Vacuum-Mop Pro Brush Cover, SKV4122TY</t>
+  </si>
+  <si>
+    <t>XIAOMI-SKV4122TY</t>
+  </si>
+  <si>
+    <t>XIAOMI Mi Vacuum Cleaner Light HEPA Filter 2 Pack</t>
+  </si>
+  <si>
+    <t>XIAOMI-BHR4634CN</t>
+  </si>
+  <si>
     <t>Xiaomi Mi Robot Vacuum-Mop P Brush Cover (Black)</t>
   </si>
   <si>
     <t>XIAOMI-SKV4121TY</t>
-  </si>
-[...16 lines deleted...]
-    <t>XIAOMI-BHR4634CN</t>
   </si>
   <si>
     <t>Xavax "Comfort" Universal Floor Nozzle, 110287</t>
   </si>
   <si>
     <t>HAMA-110287</t>
   </si>
   <si>
     <t>Xavax Turbo Brush with Universal Connection, 110234</t>
   </si>
   <si>
     <t>HAMA-110234</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -468,121 +468,121 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>10.608</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>16.992</v>
+        <v>12.0</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>16.992</v>
+        <v>12.0</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>16.992</v>
+        <v>18.0</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>22.908</v>
+        <v>22.8</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>33.324</v>
+        <v>33.48</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>51.204</v>
+        <v>51.78</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D9"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>