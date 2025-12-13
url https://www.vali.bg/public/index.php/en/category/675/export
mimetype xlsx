--- v0 (2025-10-03)
+++ v1 (2025-12-13)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$23</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Cable HAMA 200900 USB-A Plug - USB-B Plug, 1.5 m</t>
   </si>
   <si>
     <t>HAMA-200900</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Cable HAMA 34694 USB-A Plug - USB-B Plug, 1.5 m, Standart</t>
   </si>
   <si>
@@ -76,120 +76,123 @@
   <si>
     <t>HAMA-200602</t>
   </si>
   <si>
     <t>Cable HAMA 200902 USB-A Plug - USB-B Plug, 5 m, Standart</t>
   </si>
   <si>
     <t>HAMA-200902</t>
   </si>
   <si>
     <t>Delock Extension Cable USB 2.0 B male &gt; B female 5 m</t>
   </si>
   <si>
     <t>DELOCK-83429</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Delock Cable USB-A - USB-B, 2m</t>
   </si>
   <si>
     <t>DELOCK-82434</t>
   </si>
   <si>
+    <t>Delock Cable USB 3.0 Type-A male &gt; USB 3.0 Type-B male 2.0 m black</t>
+  </si>
+  <si>
+    <t>DELOCK-85062</t>
+  </si>
+  <si>
+    <t>Delock Cable USB-A - USB-B, 3m</t>
+  </si>
+  <si>
+    <t>DELOCK-82581</t>
+  </si>
+  <si>
+    <t>Delock Cable USB 3.0 Type-A male &gt; USB 3.0 Type-B male 3.0 m black</t>
+  </si>
+  <si>
+    <t>DELOCK-85069</t>
+  </si>
+  <si>
+    <t>Delock Cable USB-A - USB-B, 5m</t>
+  </si>
+  <si>
+    <t>DELOCK-82582</t>
+  </si>
+  <si>
+    <t>Delock Switch USB 2.0 4 port manual</t>
+  </si>
+  <si>
+    <t>DELOCK-87634</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Delock Cable USB 3.0 Type-A male &gt; USB 3.0 Type-B male 2 m Premium</t>
+  </si>
+  <si>
+    <t>DELOCK-82757</t>
+  </si>
+  <si>
+    <t>USB to RS-232 Adapter (35cm)</t>
+  </si>
+  <si>
+    <t>ATEN-UC232A-AT</t>
+  </si>
+  <si>
+    <t>USB to IEEE1284 Printer Adapter (1.8m)</t>
+  </si>
+  <si>
+    <t>ATEN-UC1284B-AT</t>
+  </si>
+  <si>
+    <t>call</t>
+  </si>
+  <si>
+    <t>Delock USB 5 Gbps Cable Type-A male to USB 5 Gbps Type-B male 5 m Premium</t>
+  </si>
+  <si>
+    <t>DELOCK-82759</t>
+  </si>
+  <si>
+    <t>ATEN 2 x 4 USB 2.0 Peripheral Sharing Switch</t>
+  </si>
+  <si>
+    <t>ATEN-US224-USB</t>
+  </si>
+  <si>
+    <t>ATEN 2-Port USB 2.0 Peripheral Switch</t>
+  </si>
+  <si>
+    <t>ATEN-US221A-USB</t>
+  </si>
+  <si>
     <t>on route</t>
-  </si>
-[...67 lines deleted...]
-    <t>ATEN-US221A-USB</t>
   </si>
   <si>
     <t>Cable EIZO MDC93K USB 2.0 A-B, 2m</t>
   </si>
   <si>
     <t>EIZO-MD-C93-K</t>
   </si>
   <si>
     <t>Delock Cable USB-A - USB-B, USB 3.2, 10m</t>
   </si>
   <si>
     <t>DELOCK-85380</t>
   </si>
   <si>
     <t>a2-Port USB to RS-232 Hub</t>
   </si>
   <si>
     <t>ATEN-UC2322-AT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -589,286 +592,286 @@
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>4.176</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>6.42</v>
+        <v>6.264</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
         <v>7.44</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
         <v>13.8</v>
       </c>
       <c r="D7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>14.124</v>
+        <v>13.968</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>16.248</v>
       </c>
       <c r="D9" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>18.816</v>
+        <v>18.864</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C11">
         <v>21.444</v>
       </c>
       <c r="D11" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C12">
         <v>23.772</v>
       </c>
       <c r="D12" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
+        <v>29</v>
+      </c>
+      <c r="C13">
+        <v>26.064</v>
+      </c>
+      <c r="D13" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C14">
         <v>27.924</v>
       </c>
       <c r="D14" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C15">
         <v>30.0</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C16">
         <v>32.472</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
         <v>37.392</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>43.716</v>
+        <v>44.46</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>66.0</v>
+        <v>60.0</v>
       </c>
       <c r="D19" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C20">
         <v>78.996</v>
       </c>
       <c r="D20" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B21" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C21">
         <v>114.924</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B22" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C22">
         <v>115.512</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D23"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 