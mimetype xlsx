--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -67,171 +67,171 @@
   <si>
     <t>CorelDRAW Graphics Suite Education 365-Day Subscription (Single User)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGES365-1</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Education 365-Day Subscription (5-50)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGES365-50</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Enterprise CorelSure Maintenance Renewal (1 year) (1-4)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGSEMR1Y</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Enterprise Education License (incl. 1 Yr CorelSure Maintenance) (1-4)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-GSEE14</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Adobe InDesign for teams, Multiple Platforms, EU English, Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-INDESIG</t>
+  </si>
+  <si>
+    <t>CorelDRAW Graphics Suite 365-Day Subs. (51-250)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-COREL-DRGS365-250</t>
+  </si>
+  <si>
+    <t>CorelDRAW Graphics Suite 365-Day Subscription Renewal (5-50)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-CORELDRGS365RNW-2</t>
+  </si>
+  <si>
+    <t>CorelDRAW Graphics Suite 365-Day Subs. (5-50)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-COREL-DRGS365-550</t>
+  </si>
+  <si>
+    <t>CorelDRAW Graphics Suite 365-Day Subs. (Single User)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-COREL-DRGS365-1</t>
+  </si>
+  <si>
+    <t>CorelDRAW Graphics Suite 365-Day Subscription Renewal (51-250)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-CRLDRGS365RNW250</t>
+  </si>
+  <si>
+    <t>CorelDRAW Graphics Suite 365-Day Subscription Renewal Single User</t>
+  </si>
+  <si>
+    <t>FS-SOFT-CORELDRGS365RNW</t>
+  </si>
+  <si>
+    <t>Painter 2022 License (Single User)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-PAINTER-1</t>
+  </si>
+  <si>
+    <t>Adobe Audition for teams, Multiple Platforms, EU English, Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-AUD</t>
+  </si>
+  <si>
+    <t>SOUND FORGE Pro</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MAGIX-SOUNDFORGE</t>
+  </si>
+  <si>
+    <t>MAGIX VEGAS Pro</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MAGIX-VEGAS-PRO</t>
+  </si>
+  <si>
+    <t>Adobe Illustrator for teams, Multiple Platforms, EU English, Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-ILLUSTR</t>
+  </si>
+  <si>
+    <t>Adobe Premiere Pro for teams, Multiple Platforms, EU English, Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-PREMPRO</t>
+  </si>
+  <si>
+    <t>Adobe Photoshop for teams, Multiple Platforms, EU English, Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-PHOTOSH</t>
+  </si>
+  <si>
+    <t>Autodesk AutoCAD LT 2024 - Subscription - 1 Seat, 1 User - 1 Year - Commercial - Electronic - PC, Intel-based Mac</t>
+  </si>
+  <si>
+    <t>FS-SOFT-AUTODESK-CADLT</t>
+  </si>
+  <si>
+    <t>CorelDRAW Graphics Suite Enterprise License (incl. 1 Yr CorelSure Maintenance)(1-10)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-COREL-DRGSE14</t>
+  </si>
+  <si>
+    <t>CorelDRAW Graphics Suite Enterprise License (incl. 1 Yr CorelSure Maintenance)(5-50)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-COREL-DRGSE550</t>
+  </si>
+  <si>
+    <t>CorelDRAW Graphics Suite Classroom License 15+1 (incl. 1 yr CorelSure Maintenance)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-COREL-DGSC-151</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Adobe Creative Cloud Pro for teams All Apps, Multi European Languages, Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-CCT</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
-  </si>
-[...118 lines deleted...]
-    <t>FS-SOFT-ADOBE-CCT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -627,51 +627,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>143.184</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>293.376</v>
+        <v>303.408</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
         <v>361.68</v>
       </c>
       <c r="D7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
@@ -686,275 +686,275 @@
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>643.464</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>663.024</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C11">
         <v>702.144</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C12">
         <v>702.144</v>
       </c>
       <c r="D12" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C13">
         <v>702.144</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C14">
         <v>702.144</v>
       </c>
       <c r="D14" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C15">
         <v>819.168</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C16">
         <v>907.2</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>907.2</v>
+        <v>936.528</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C18">
         <v>936.528</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>936.528</v>
+        <v>944.4</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>944.4</v>
+        <v>945.216</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C21">
         <v>954.0</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="C22">
         <v>1150.8</v>
       </c>
       <c r="D22" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="C23">
         <v>1771.98</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C24">
         <v>1771.98</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C25">
         <v>1899.0</v>
       </c>
       <c r="D25" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C26">
         <v>2488.992</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D27"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>