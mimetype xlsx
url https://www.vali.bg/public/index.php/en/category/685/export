--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -82,93 +82,93 @@
   <si>
     <t>Spare nibs PN032A- 5 pcs. for Digital pen HUION PW320</t>
   </si>
   <si>
     <t>HUION-TAB-NIBS-PN032A</t>
   </si>
   <si>
     <t>Digital pen HUION PW100</t>
   </si>
   <si>
     <t>HUION-TAB-PEN-PW100</t>
   </si>
   <si>
     <t>Digital pen HUION PW201</t>
   </si>
   <si>
     <t>HUION-TAB-PEN-PW201</t>
   </si>
   <si>
     <t>Digital pen HUION Scribo PW320</t>
   </si>
   <si>
     <t>HUION-TAB-PEN-PW320</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>j5create USI Stylus Pen for Chromebook</t>
   </si>
   <si>
     <t>J5-JITP100</t>
   </si>
   <si>
     <t>Digital pen HUION PW500</t>
   </si>
   <si>
     <t>HUION-TAB-PEN-PW500</t>
   </si>
   <si>
     <t>Digital pen HUION PW507</t>
   </si>
   <si>
     <t>HUION-TAB-PEN-PW507</t>
   </si>
   <si>
     <t>Huion HB186S Bluetooth 5.1 Wireless Keyboard</t>
   </si>
   <si>
     <t>HUION-TAB-HB186S</t>
   </si>
   <si>
     <t>Digital pen HUION PW517</t>
   </si>
   <si>
     <t>HUION-TAB-PEN-PW517</t>
   </si>
   <si>
     <t>Huion Keydial Mini K20 Digital Keypad for Graphic Tablet</t>
   </si>
   <si>
     <t>HUION-TAB-K20</t>
   </si>
   <si>
     <t>ReMarkable Paper Pro Marker Basic Pen</t>
   </si>
   <si>
     <t>REM-PAPERPRO-PEN</t>
-  </si>
-[...1 lines deleted...]
-    <t>not available</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -581,177 +581,177 @@
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>38.16</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>50.172</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>58.404</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>72.24</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>75.168</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>75.612</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>94.728</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>95.004</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
         <v>99.396</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
         <v>118.8</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
         <v>221.268</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D17"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>