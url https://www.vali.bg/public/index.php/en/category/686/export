--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -1455,79 +1455,79 @@
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>12.516</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>12.516</v>
       </c>
       <c r="D30" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>12.708</v>
       </c>
       <c r="D31" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>12.984</v>
       </c>
       <c r="D32" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>13.26</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>13.632</v>
@@ -1609,65 +1609,65 @@
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>15.0</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
         <v>15.024</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>85</v>
       </c>
       <c r="B42" t="s">
         <v>87</v>
       </c>
       <c r="C42">
         <v>15.024</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>88</v>
       </c>
       <c r="B43" t="s">
         <v>89</v>
       </c>
       <c r="C43">
         <v>15.588</v>
       </c>
       <c r="D43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>90</v>
       </c>
       <c r="B44" t="s">
         <v>91</v>
       </c>
       <c r="C44">
         <v>15.588</v>
@@ -1679,79 +1679,79 @@
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>92</v>
       </c>
       <c r="B45" t="s">
         <v>93</v>
       </c>
       <c r="C45">
         <v>15.612</v>
       </c>
       <c r="D45" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>94</v>
       </c>
       <c r="B46" t="s">
         <v>95</v>
       </c>
       <c r="C46">
         <v>16.044</v>
       </c>
       <c r="D46" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>96</v>
       </c>
       <c r="B47" t="s">
         <v>97</v>
       </c>
       <c r="C47">
         <v>17.172</v>
       </c>
       <c r="D47" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>98</v>
       </c>
       <c r="B48" t="s">
         <v>99</v>
       </c>
       <c r="C48">
         <v>17.52</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>100</v>
       </c>
       <c r="B49" t="s">
         <v>101</v>
       </c>
       <c r="C49">
         <v>18.444</v>
       </c>
       <c r="D49" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>102</v>
       </c>
       <c r="B50" t="s">
         <v>103</v>
       </c>
       <c r="C50">
         <v>18.444</v>
@@ -1959,79 +1959,79 @@
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>132</v>
       </c>
       <c r="B65" t="s">
         <v>133</v>
       </c>
       <c r="C65">
         <v>27.348</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>134</v>
       </c>
       <c r="B66" t="s">
         <v>135</v>
       </c>
       <c r="C66">
         <v>27.9</v>
       </c>
       <c r="D66" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>136</v>
       </c>
       <c r="B67" t="s">
         <v>137</v>
       </c>
       <c r="C67">
         <v>28.86</v>
       </c>
       <c r="D67" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>138</v>
       </c>
       <c r="B68" t="s">
         <v>139</v>
       </c>
       <c r="C68">
         <v>29.136</v>
       </c>
       <c r="D68" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>140</v>
       </c>
       <c r="B69" t="s">
         <v>141</v>
       </c>
       <c r="C69">
         <v>29.136</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>142</v>
       </c>
       <c r="B70" t="s">
         <v>143</v>
       </c>
       <c r="C70">
         <v>29.412</v>
@@ -2309,51 +2309,51 @@
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>182</v>
       </c>
       <c r="B90" t="s">
         <v>183</v>
       </c>
       <c r="C90">
         <v>82.8</v>
       </c>
       <c r="D90" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>184</v>
       </c>
       <c r="B91" t="s">
         <v>185</v>
       </c>
       <c r="C91">
         <v>83.436</v>
       </c>
       <c r="D91" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>186</v>
       </c>
       <c r="B92" t="s">
         <v>187</v>
       </c>
       <c r="C92">
         <v>83.436</v>
       </c>
       <c r="D92" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>188</v>
       </c>
       <c r="B93" t="s">
         <v>189</v>
       </c>
       <c r="C93">
         <v>85.116</v>
@@ -2855,79 +2855,79 @@
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>61</v>
       </c>
       <c r="B129" t="s">
         <v>62</v>
       </c>
       <c r="C129">
         <v>12.516</v>
       </c>
       <c r="D129" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>63</v>
       </c>
       <c r="B130" t="s">
         <v>64</v>
       </c>
       <c r="C130">
         <v>12.516</v>
       </c>
       <c r="D130" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>65</v>
       </c>
       <c r="B131" t="s">
         <v>66</v>
       </c>
       <c r="C131">
         <v>12.708</v>
       </c>
       <c r="D131" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>67</v>
       </c>
       <c r="B132" t="s">
         <v>68</v>
       </c>
       <c r="C132">
         <v>12.984</v>
       </c>
       <c r="D132" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>69</v>
       </c>
       <c r="B133" t="s">
         <v>70</v>
       </c>
       <c r="C133">
         <v>13.26</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>71</v>
       </c>
       <c r="B134" t="s">
         <v>72</v>
       </c>
       <c r="C134">
         <v>13.632</v>
@@ -3009,65 +3009,65 @@
     <row r="140" spans="1:4">
       <c r="A140" t="s">
         <v>83</v>
       </c>
       <c r="B140" t="s">
         <v>84</v>
       </c>
       <c r="C140">
         <v>15.0</v>
       </c>
       <c r="D140" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>85</v>
       </c>
       <c r="B141" t="s">
         <v>86</v>
       </c>
       <c r="C141">
         <v>15.024</v>
       </c>
       <c r="D141" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>85</v>
       </c>
       <c r="B142" t="s">
         <v>87</v>
       </c>
       <c r="C142">
         <v>15.024</v>
       </c>
       <c r="D142" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>88</v>
       </c>
       <c r="B143" t="s">
         <v>89</v>
       </c>
       <c r="C143">
         <v>15.588</v>
       </c>
       <c r="D143" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>90</v>
       </c>
       <c r="B144" t="s">
         <v>91</v>
       </c>
       <c r="C144">
         <v>15.588</v>
@@ -3079,79 +3079,79 @@
     <row r="145" spans="1:4">
       <c r="A145" t="s">
         <v>92</v>
       </c>
       <c r="B145" t="s">
         <v>93</v>
       </c>
       <c r="C145">
         <v>15.612</v>
       </c>
       <c r="D145" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
         <v>94</v>
       </c>
       <c r="B146" t="s">
         <v>95</v>
       </c>
       <c r="C146">
         <v>16.044</v>
       </c>
       <c r="D146" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
         <v>96</v>
       </c>
       <c r="B147" t="s">
         <v>97</v>
       </c>
       <c r="C147">
         <v>17.172</v>
       </c>
       <c r="D147" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
         <v>98</v>
       </c>
       <c r="B148" t="s">
         <v>99</v>
       </c>
       <c r="C148">
         <v>17.52</v>
       </c>
       <c r="D148" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
         <v>100</v>
       </c>
       <c r="B149" t="s">
         <v>101</v>
       </c>
       <c r="C149">
         <v>18.444</v>
       </c>
       <c r="D149" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
         <v>102</v>
       </c>
       <c r="B150" t="s">
         <v>103</v>
       </c>
       <c r="C150">
         <v>18.444</v>
@@ -3359,79 +3359,79 @@
     <row r="165" spans="1:4">
       <c r="A165" t="s">
         <v>132</v>
       </c>
       <c r="B165" t="s">
         <v>133</v>
       </c>
       <c r="C165">
         <v>27.348</v>
       </c>
       <c r="D165" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
         <v>134</v>
       </c>
       <c r="B166" t="s">
         <v>135</v>
       </c>
       <c r="C166">
         <v>27.9</v>
       </c>
       <c r="D166" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
         <v>136</v>
       </c>
       <c r="B167" t="s">
         <v>137</v>
       </c>
       <c r="C167">
         <v>28.86</v>
       </c>
       <c r="D167" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
         <v>138</v>
       </c>
       <c r="B168" t="s">
         <v>139</v>
       </c>
       <c r="C168">
         <v>29.136</v>
       </c>
       <c r="D168" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
         <v>140</v>
       </c>
       <c r="B169" t="s">
         <v>141</v>
       </c>
       <c r="C169">
         <v>29.136</v>
       </c>
       <c r="D169" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
         <v>142</v>
       </c>
       <c r="B170" t="s">
         <v>143</v>
       </c>
       <c r="C170">
         <v>29.412</v>
@@ -3681,51 +3681,51 @@
     <row r="188" spans="1:4">
       <c r="A188" t="s">
         <v>182</v>
       </c>
       <c r="B188" t="s">
         <v>183</v>
       </c>
       <c r="C188">
         <v>82.8</v>
       </c>
       <c r="D188" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
         <v>184</v>
       </c>
       <c r="B189" t="s">
         <v>185</v>
       </c>
       <c r="C189">
         <v>83.436</v>
       </c>
       <c r="D189" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
         <v>186</v>
       </c>
       <c r="B190" t="s">
         <v>187</v>
       </c>
       <c r="C190">
         <v>83.436</v>
       </c>
       <c r="D190" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
         <v>188</v>
       </c>
       <c r="B191" t="s">
         <v>189</v>
       </c>
       <c r="C191">
         <v>85.116</v>
@@ -3807,51 +3807,51 @@
     <row r="197" spans="1:4">
       <c r="A197" t="s">
         <v>207</v>
       </c>
       <c r="B197" t="s">
         <v>208</v>
       </c>
       <c r="C197">
         <v>190.524</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
         <v>209</v>
       </c>
       <c r="B198" t="s">
         <v>210</v>
       </c>
       <c r="C198">
         <v>202.572</v>
       </c>
       <c r="D198" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
         <v>211</v>
       </c>
       <c r="B199" t="s">
         <v>212</v>
       </c>
       <c r="C199">
         <v>216.276</v>
       </c>
       <c r="D199" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
         <v>213</v>
       </c>
       <c r="B200" t="s">
         <v>214</v>
       </c>
       <c r="C200">
         <v>218.556</v>