--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -1257,79 +1257,79 @@
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>12.516</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>12.516</v>
       </c>
       <c r="D30" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>12.708</v>
       </c>
       <c r="D31" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>12.984</v>
       </c>
       <c r="D32" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>13.26</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>13.632</v>
@@ -1397,65 +1397,65 @@
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>14.988</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>15.024</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>83</v>
       </c>
       <c r="B41" t="s">
         <v>85</v>
       </c>
       <c r="C41">
         <v>15.024</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>86</v>
       </c>
       <c r="B42" t="s">
         <v>87</v>
       </c>
       <c r="C42">
         <v>15.588</v>
       </c>
       <c r="D42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>88</v>
       </c>
       <c r="B43" t="s">
         <v>89</v>
       </c>
       <c r="C43">
         <v>15.588</v>
@@ -1467,79 +1467,79 @@
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>90</v>
       </c>
       <c r="B44" t="s">
         <v>91</v>
       </c>
       <c r="C44">
         <v>15.612</v>
       </c>
       <c r="D44" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>92</v>
       </c>
       <c r="B45" t="s">
         <v>93</v>
       </c>
       <c r="C45">
         <v>16.044</v>
       </c>
       <c r="D45" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>94</v>
       </c>
       <c r="B46" t="s">
         <v>95</v>
       </c>
       <c r="C46">
         <v>17.172</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>96</v>
       </c>
       <c r="B47" t="s">
         <v>97</v>
       </c>
       <c r="C47">
         <v>17.52</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>98</v>
       </c>
       <c r="B48" t="s">
         <v>99</v>
       </c>
       <c r="C48">
         <v>18.444</v>
       </c>
       <c r="D48" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>100</v>
       </c>
       <c r="B49" t="s">
         <v>101</v>
       </c>
       <c r="C49">
         <v>18.444</v>
@@ -1831,51 +1831,51 @@
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>142</v>
       </c>
       <c r="B70" t="s">
         <v>143</v>
       </c>
       <c r="C70">
         <v>69.0</v>
       </c>
       <c r="D70" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>144</v>
       </c>
       <c r="B71" t="s">
         <v>145</v>
       </c>
       <c r="C71">
         <v>83.436</v>
       </c>
       <c r="D71" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>146</v>
       </c>
       <c r="B72" t="s">
         <v>147</v>
       </c>
       <c r="C72">
         <v>83.436</v>
       </c>
       <c r="D72" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>148</v>
       </c>
       <c r="B73" t="s">
         <v>149</v>
       </c>
       <c r="C73">
         <v>85.116</v>