--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -43,63 +43,63 @@
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Alphacool tubing AlphaTube HF 13/10 (3/8"ID), Ultra Clear 3m (9.8ft) Retailbox</t>
   </si>
   <si>
     <t>AC-1019548</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Alphacool tubing AlphaTube HF 13/10 (3/8"ID), UV white 3m (9.8ft) Retailbox</t>
   </si>
   <si>
     <t>AC-1019553</t>
   </si>
   <si>
+    <t>Alphacool EPDM Tube 13/10, Black 3m (9.84ft) Retailbox</t>
+  </si>
+  <si>
+    <t>AC-1021502</t>
+  </si>
+  <si>
+    <t>Alphacool tubing AlphaTube HF 16/10 (3/8"ID), UV white 3m (9.8ft), Retailbox</t>
+  </si>
+  <si>
+    <t>AC-1019557</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
-  </si>
-[...10 lines deleted...]
-    <t>AC-1019557</t>
   </si>
   <si>
     <t>Alphacool tubing AlphaTube HF 16/10 (3/8"ID), Ultra Clear 3m (9.8ft) Retailbox</t>
   </si>
   <si>
     <t>AC-1019550</t>
   </si>
   <si>
     <t>HardTube Alphacool Ice Tube 16/13mm PETG 60cm - Set of 4</t>
   </si>
   <si>
     <t>AC-1012519</t>
   </si>
   <si>
     <t>Alphacool tube AlphaTube TPV 16/10, Black Matte 3.3m (10ft) Retailbox</t>
   </si>
   <si>
     <t>AC-1019445</t>
   </si>
   <si>
     <t>Tubes Alphacool HardTube 16/13mm Acrylic (PMMA) Clear 80cm - Set of 4 (320cm)</t>
   </si>
   <si>
     <t>AC-1011144</t>
   </si>
@@ -480,135 +480,135 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>27.348</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>27.9</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C4">
         <v>31.032</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>31.32</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>31.656</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>38.28</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>40.956</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>57.468</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D10"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>