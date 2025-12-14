--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -109,135 +109,135 @@
   <si>
     <t>Konus ANIMALS AND PLANTS DAMAGED BY THE POLLUTION (10 SLIDES)</t>
   </si>
   <si>
     <t>KONUS-4952</t>
   </si>
   <si>
     <t>Konus REPRODUCTION IN INVERTEBRATES (15 SLIDES)</t>
   </si>
   <si>
     <t>KONUS-4981</t>
   </si>
   <si>
     <t>Konus PREPARED Botany: Hepaticae, Mosses, Pteridophytae</t>
   </si>
   <si>
     <t>KONUS-4983</t>
   </si>
   <si>
     <t>Konus PREPARED Botany: ANGIOSPERMAE, MONOCOTYLEDONS</t>
   </si>
   <si>
     <t>KONUS-4984</t>
   </si>
   <si>
+    <t>Konus ZOOLOGY, VERTEBRATE INCLUDING MAMMALIA (25 SLIDES)</t>
+  </si>
+  <si>
+    <t>KONUS-4978</t>
+  </si>
+  <si>
+    <t>Konus ZOOLOGY, INSECTS (25 SLIDES)</t>
+  </si>
+  <si>
+    <t>KONUS-4980</t>
+  </si>
+  <si>
+    <t>Konus GENERAL BIOLOGY (25 SLIDES)</t>
+  </si>
+  <si>
+    <t>KONUS-4976</t>
+  </si>
+  <si>
     <t>Konus ZOOLOGY INVERTEBRATE AND INSECTS (25 SLIDES)</t>
   </si>
   <si>
     <t>KONUS-4977</t>
   </si>
   <si>
-    <t>Konus ZOOLOGY, VERTEBRATE INCLUDING MAMMALIA (25 SLIDES)</t>
-[...16 lines deleted...]
-  <si>
     <t>Konus PREPARED SLIDES - BIOLOGY</t>
   </si>
   <si>
     <t>KONUS-4986</t>
   </si>
   <si>
     <t>Konus THE HUMAN BODY - ORGANS STRUCTURE (25 SLIDES)</t>
   </si>
   <si>
     <t>KONUS-4987</t>
   </si>
   <si>
     <t>VR Expert Education Kit software license - base bundle for 1 year</t>
   </si>
   <si>
     <t>SOFT-VR-BB-1</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
     <t>Konus College 600X</t>
   </si>
   <si>
     <t>KONUS-5302</t>
   </si>
   <si>
     <t>VR Expert Education Kit-base bundle and Corinth software license for 1 year for 1 pair of headsets</t>
   </si>
   <si>
     <t>SOFT-VR-BC-1</t>
   </si>
   <si>
     <t>VR Expert Education Kit software license - base bundle for 3 years</t>
   </si>
   <si>
     <t>SOFT-VR-BB-3</t>
   </si>
   <si>
+    <t>Konus Academy-2 1000X</t>
+  </si>
+  <si>
+    <t>KONUS-5305</t>
+  </si>
+  <si>
+    <t>Celestron Digital Microscope Kit</t>
+  </si>
+  <si>
+    <t>CEL-44341</t>
+  </si>
+  <si>
+    <t>Konus Konus CAMPUS, 1000x</t>
+  </si>
+  <si>
+    <t>KONUS-5306</t>
+  </si>
+  <si>
     <t>VR Expert Education Kit - base bundle and Corinth software license for 3 years for 1 pair of VR headsets</t>
   </si>
   <si>
     <t>SOFT-VR-BC-3</t>
-  </si>
-[...16 lines deleted...]
-    <t>KONUS-5306</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -551,51 +551,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="123.827" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
@@ -801,51 +801,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>36</v>
       </c>
       <c r="C17">
         <v>68.4</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>38</v>
       </c>
       <c r="C18">
-        <v>68.4</v>
+        <v>78.0</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>40</v>
       </c>
       <c r="C19">
         <v>80.4</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>42</v>
@@ -899,96 +899,96 @@
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
         <v>492.0</v>
       </c>
       <c r="D24" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
-        <v>600.0</v>
+        <v>900.0</v>
       </c>
       <c r="D25" t="s">
-        <v>45</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>55</v>
       </c>
       <c r="C26">
-        <v>900.0</v>
+        <v>969.0</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27">
-        <v>969.0</v>
+        <v>1064.4</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28">
-        <v>1016.496</v>
+        <v>1260.0</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D29"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>